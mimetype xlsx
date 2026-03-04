--- v0 (2026-01-18)
+++ v1 (2026-03-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="421">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="428">
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>Ora</t>
   </si>
   <si>
     <t>Disciplina</t>
   </si>
   <si>
     <t>Titular Acoperire</t>
   </si>
   <si>
     <t>An2</t>
   </si>
   <si>
     <t>Serie</t>
   </si>
   <si>
     <t>Grup</t>
   </si>
   <si>
     <t>Profesor Asistent</t>
   </si>
   <si>
@@ -305,50 +305,62 @@
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Conf. Univ. Dr. Beatrice Adriana Balgiu</t>
   </si>
   <si>
     <t>BN314</t>
   </si>
   <si>
     <t>Dezvoltarea Produselor 1</t>
   </si>
   <si>
     <t>DOICIN Cristian</t>
   </si>
   <si>
     <t>INPN</t>
   </si>
   <si>
     <t>IONESCU Nicolae</t>
   </si>
   <si>
     <t>CD008</t>
   </si>
   <si>
+    <t>Comunicare şi imagine instituţională</t>
+  </si>
+  <si>
+    <t>PĂTRAȘCU Horia-Vicențiu</t>
+  </si>
+  <si>
+    <t>ZAIȚEV Eugenia</t>
+  </si>
+  <si>
+    <t>CB021</t>
+  </si>
+  <si>
     <t>ISSM1</t>
   </si>
   <si>
     <t>Gheorghe Marilena</t>
   </si>
   <si>
     <t>ISSM2</t>
   </si>
   <si>
     <t>GHEORGHE Marilena</t>
   </si>
   <si>
     <t>Fluxuri materiale în logistică</t>
   </si>
   <si>
     <t>COTET Costel - Emil</t>
   </si>
   <si>
     <t>LI</t>
   </si>
   <si>
     <t>Conf. Laurentiu POPA</t>
   </si>
   <si>
     <t>CK110</t>
@@ -647,65 +659,71 @@
   <si>
     <t>Nițoi Dan</t>
   </si>
   <si>
     <t>Robotica pentru aplicaţii medicale</t>
   </si>
   <si>
     <t>CRISTOIU Cozmin - Adrian</t>
   </si>
   <si>
     <t>NICOLESCU Florin - Adrian</t>
   </si>
   <si>
     <t>CB209</t>
   </si>
   <si>
     <t>Teoria cercetarii accidentelor de munca</t>
   </si>
   <si>
     <t>BUJOR Constantin</t>
   </si>
   <si>
     <t>Chivu Oana-Roxana</t>
   </si>
   <si>
+    <t>Identitate europeană</t>
+  </si>
+  <si>
+    <t>STOICA Adrian Claudiu</t>
+  </si>
+  <si>
+    <t>COTOARĂ Daniela Maricica</t>
+  </si>
+  <si>
     <t>CHIVU OANA</t>
   </si>
   <si>
     <t>Managementul calității</t>
   </si>
   <si>
     <t>Analiza avariilor</t>
   </si>
   <si>
     <t>BABIS  Claudiu</t>
   </si>
   <si>
-    <t>CB 212</t>
-[...1 lines deleted...]
-  <si>
     <t>Nicolae IONESCU</t>
   </si>
   <si>
     <t>Sisteme de control al roboţilor industriali şi fabricaţiei prin vedere artificială</t>
   </si>
   <si>
     <t>ANTON Florin-Daniel</t>
   </si>
   <si>
     <t>Managementul designului</t>
   </si>
   <si>
     <t xml:space="preserve">DUMITRESCU Andrei	</t>
   </si>
   <si>
     <t>Managementul afacerilor</t>
   </si>
   <si>
     <t>Ungureanu Liviu-Marian</t>
   </si>
   <si>
     <t>30 Jan 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Nicolae IONESCU	</t>
@@ -932,53 +950,50 @@
   <si>
     <t>BUȚU Larisa</t>
   </si>
   <si>
     <t>Nanoprelucrari cu energii concentrate</t>
   </si>
   <si>
     <t>PIRNAU Claudiu</t>
   </si>
   <si>
     <t>Programare CNC 1-Centre de prelucrare prin strunjire OKUMA</t>
   </si>
   <si>
     <t>Procesarea Avansată a Datelor</t>
   </si>
   <si>
     <t>Enciu Cornel</t>
   </si>
   <si>
     <t>Ergonomia echipamentelor asistive</t>
   </si>
   <si>
     <t>Bogdan Stoian</t>
   </si>
   <si>
-    <t>CB021</t>
-[...1 lines deleted...]
-  <si>
     <t>Managementul resurselor umane</t>
   </si>
   <si>
     <t>GHITA Ecaterina</t>
   </si>
   <si>
     <t>Politici, programe de finantare pentru dezvoltare tehnologica si inovare</t>
   </si>
   <si>
     <t>Programarea asistată şi simularea off-line a proceselor şi sistemelor de fabricaţie robotizate - Process Simulate, Siemens PLM</t>
   </si>
   <si>
     <t>03 Feb 2026</t>
   </si>
   <si>
     <t>Sustenabilitate organizationala</t>
   </si>
   <si>
     <t>Mitrache Ioana</t>
   </si>
   <si>
     <t>Introducere în inspecția calității</t>
   </si>
   <si>
     <t>Cornelia Luchian</t>
@@ -1031,53 +1046,50 @@
   <si>
     <t>TUDOSE Daniela-Ioana</t>
   </si>
   <si>
     <t>TUDOSE Virgil</t>
   </si>
   <si>
     <t>05 Feb 2026</t>
   </si>
   <si>
     <t>Managementul activităţii de prevenire şi protecţiei a situaţiilor de urgenţă</t>
   </si>
   <si>
     <t>Sisteme informatice în ingineria calităţii</t>
   </si>
   <si>
     <t>TASCA Gabriel-Dan</t>
   </si>
   <si>
     <t>Sisteme avansate de fabricare</t>
   </si>
   <si>
     <t>ABAZA Bogdan Felician</t>
   </si>
   <si>
-    <t>Sl. dr. ing. Bogdan JUGRAVU</t>
-[...1 lines deleted...]
-  <si>
     <t>CB201</t>
   </si>
   <si>
     <t>Sisteme inteligente</t>
   </si>
   <si>
     <t>IACOB Robert Eugen</t>
   </si>
   <si>
     <t>CK110c</t>
   </si>
   <si>
     <t>Radiografiere digitala</t>
   </si>
   <si>
     <t>Aplicații ale Inteligenței Artificiale în Inginerie Industrială</t>
   </si>
   <si>
     <t>Securitate cibernetică industrială și rețele IoT</t>
   </si>
   <si>
     <t>RACUCIU Ciprian Iulian Constantin</t>
   </si>
   <si>
     <t>Managementul negocierilor in afaceri</t>
@@ -1197,50 +1209,59 @@
     <t>Teoria grafurilor cu aplicații in modelarea structurilor mobile</t>
   </si>
   <si>
     <t>ROTARU Alexandra</t>
   </si>
   <si>
     <t>BĂJENARU Valentina-Daniela</t>
   </si>
   <si>
     <t>Tehnici de acționare a sistemelor mecanice mobile</t>
   </si>
   <si>
     <t>JC111</t>
   </si>
   <si>
     <t>Proiectarea și implementarea sistemelor de management al calității</t>
   </si>
   <si>
     <t>Fabricarea structurilor sudate</t>
   </si>
   <si>
     <t>GÂRLEANU Gabriel</t>
   </si>
   <si>
     <t>S.l. Dumitrascu Constantin</t>
+  </si>
+  <si>
+    <t>Istorie şi civilizaţie europeană</t>
+  </si>
+  <si>
+    <t>TUDOR Ciprian</t>
+  </si>
+  <si>
+    <t>DUMITRU Adelin Costin</t>
   </si>
   <si>
     <t>09 Feb 2026</t>
   </si>
   <si>
     <t>Fabricare asistată</t>
   </si>
   <si>
     <t>MANOLACHE Daniel-Silviu</t>
   </si>
   <si>
     <t>Lazar Marius</t>
   </si>
   <si>
     <t>Ck104b</t>
   </si>
   <si>
     <t>Leadership si comportament organizational</t>
   </si>
   <si>
     <t>EPURESCU Elena-Oliviana</t>
   </si>
   <si>
     <t>As. Alina Constantin</t>
   </si>
@@ -1621,51 +1642,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I146"/>
+  <dimension ref="A1:I149"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="149" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="39" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="48" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="8" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -2228,3676 +2249,3763 @@
       </c>
       <c r="E20">
         <v>1</v>
       </c>
       <c r="F20" t="s">
         <v>94</v>
       </c>
       <c r="G20" t="s">
         <v>94</v>
       </c>
       <c r="H20" t="s">
         <v>95</v>
       </c>
       <c r="I20" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>71</v>
       </c>
       <c r="B21" t="s">
         <v>81</v>
       </c>
       <c r="C21" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="D21" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="E21">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F21" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="G21" t="s">
-        <v>97</v>
+        <v>58</v>
       </c>
       <c r="H21" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I21" t="s">
-        <v>28</v>
+        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>71</v>
       </c>
       <c r="B22" t="s">
         <v>81</v>
       </c>
       <c r="C22" t="s">
         <v>77</v>
       </c>
       <c r="D22" t="s">
         <v>78</v>
       </c>
       <c r="E22">
         <v>2</v>
       </c>
       <c r="F22" t="s">
         <v>26</v>
       </c>
       <c r="G22" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="H22" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="I22" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>71</v>
       </c>
       <c r="B23" t="s">
         <v>81</v>
       </c>
       <c r="C23" t="s">
-        <v>101</v>
+        <v>77</v>
       </c>
       <c r="D23" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="E23">
         <v>2</v>
       </c>
       <c r="F23" t="s">
-        <v>103</v>
+        <v>26</v>
       </c>
       <c r="G23" t="s">
         <v>103</v>
       </c>
       <c r="H23" t="s">
         <v>104</v>
       </c>
       <c r="I23" t="s">
-        <v>105</v>
+        <v>28</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>71</v>
       </c>
       <c r="B24" t="s">
+        <v>81</v>
+      </c>
+      <c r="C24" t="s">
+        <v>105</v>
+      </c>
+      <c r="D24" t="s">
         <v>106</v>
       </c>
-      <c r="C24" t="s">
+      <c r="E24">
+        <v>2</v>
+      </c>
+      <c r="F24" t="s">
         <v>107</v>
       </c>
-      <c r="D24" t="s">
+      <c r="G24" t="s">
+        <v>107</v>
+      </c>
+      <c r="H24" t="s">
         <v>108</v>
       </c>
-      <c r="E24">
-[...8 lines deleted...]
-      <c r="H24" t="s">
+      <c r="I24" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>71</v>
       </c>
-      <c r="B25">
-        <v>18</v>
+      <c r="B25" t="s">
+        <v>110</v>
       </c>
       <c r="C25" t="s">
         <v>111</v>
       </c>
       <c r="D25" t="s">
         <v>112</v>
       </c>
       <c r="E25">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F25" t="s">
+        <v>68</v>
+      </c>
+      <c r="G25" t="s">
+        <v>68</v>
+      </c>
+      <c r="H25" t="s">
         <v>113</v>
       </c>
-      <c r="G25" t="s">
-[...2 lines deleted...]
-      <c r="H25"/>
       <c r="I25" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>71</v>
       </c>
-      <c r="B26" t="s">
+      <c r="B26">
+        <v>18</v>
+      </c>
+      <c r="C26" t="s">
         <v>115</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="E26">
         <v>1</v>
       </c>
       <c r="F26" t="s">
         <v>117</v>
       </c>
       <c r="G26" t="s">
         <v>117</v>
       </c>
-      <c r="H26" t="s">
+      <c r="H26"/>
+      <c r="I26" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>71</v>
       </c>
       <c r="B27" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C27" t="s">
         <v>120</v>
       </c>
       <c r="D27" t="s">
+        <v>95</v>
+      </c>
+      <c r="E27">
+        <v>1</v>
+      </c>
+      <c r="F27" t="s">
         <v>121</v>
       </c>
-      <c r="E27">
-[...4 lines deleted...]
-      </c>
       <c r="G27" t="s">
-        <v>75</v>
+        <v>121</v>
       </c>
       <c r="H27" t="s">
         <v>122</v>
       </c>
       <c r="I27" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>71</v>
       </c>
       <c r="B28" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C28" t="s">
         <v>124</v>
       </c>
       <c r="D28" t="s">
         <v>125</v>
       </c>
       <c r="E28">
         <v>1</v>
       </c>
       <c r="F28" t="s">
+        <v>75</v>
+      </c>
+      <c r="G28" t="s">
+        <v>75</v>
+      </c>
+      <c r="H28" t="s">
         <v>126</v>
       </c>
-      <c r="G28" t="s">
-[...2 lines deleted...]
-      <c r="H28" t="s">
+      <c r="I28" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>71</v>
       </c>
       <c r="B29" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C29" t="s">
         <v>128</v>
       </c>
       <c r="D29" t="s">
         <v>129</v>
       </c>
       <c r="E29">
         <v>1</v>
       </c>
       <c r="F29" t="s">
         <v>130</v>
       </c>
       <c r="G29" t="s">
         <v>130</v>
       </c>
       <c r="H29" t="s">
         <v>131</v>
       </c>
       <c r="I29" t="s">
-        <v>132</v>
+        <v>64</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>71</v>
       </c>
       <c r="B30" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C30" t="s">
+        <v>132</v>
+      </c>
+      <c r="D30" t="s">
         <v>133</v>
       </c>
-      <c r="D30" t="s">
+      <c r="E30">
+        <v>1</v>
+      </c>
+      <c r="F30" t="s">
         <v>134</v>
       </c>
-      <c r="E30">
-[...4 lines deleted...]
-      </c>
       <c r="G30" t="s">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="H30" t="s">
         <v>135</v>
       </c>
       <c r="I30" t="s">
-        <v>54</v>
+        <v>136</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>71</v>
       </c>
       <c r="B31" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C31" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D31" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="E31">
         <v>2</v>
       </c>
       <c r="F31" t="s">
-        <v>137</v>
+        <v>121</v>
       </c>
       <c r="G31" t="s">
-        <v>137</v>
+        <v>121</v>
       </c>
       <c r="H31" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I31" t="s">
-        <v>139</v>
+        <v>54</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>71</v>
       </c>
       <c r="B32" t="s">
+        <v>119</v>
+      </c>
+      <c r="C32" t="s">
         <v>140</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>139</v>
+      </c>
+      <c r="E32">
+        <v>2</v>
+      </c>
+      <c r="F32" t="s">
         <v>141</v>
       </c>
-      <c r="D32" t="s">
+      <c r="G32" t="s">
+        <v>141</v>
+      </c>
+      <c r="H32" t="s">
         <v>142</v>
       </c>
-      <c r="E32">
-[...2 lines deleted...]
-      <c r="F32" t="s">
+      <c r="I32" t="s">
         <v>143</v>
-      </c>
-[...7 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>71</v>
+      </c>
+      <c r="B33" t="s">
+        <v>144</v>
+      </c>
+      <c r="C33" t="s">
+        <v>145</v>
+      </c>
+      <c r="D33" t="s">
         <v>146</v>
       </c>
-      <c r="B33" t="s">
-[...2 lines deleted...]
-      <c r="C33" t="s">
+      <c r="E33">
+        <v>2</v>
+      </c>
+      <c r="F33" t="s">
         <v>147</v>
       </c>
-      <c r="D33" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G33" t="s">
-        <v>13</v>
+        <v>147</v>
       </c>
       <c r="H33" t="s">
         <v>148</v>
       </c>
       <c r="I33" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B34" t="s">
-        <v>72</v>
+        <v>10</v>
       </c>
       <c r="C34" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D34" t="s">
-        <v>102</v>
+        <v>14</v>
       </c>
       <c r="E34">
         <v>2</v>
       </c>
       <c r="F34" t="s">
-        <v>151</v>
+        <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>151</v>
+        <v>13</v>
       </c>
       <c r="H34" t="s">
         <v>152</v>
       </c>
       <c r="I34" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B35" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="C35" t="s">
         <v>154</v>
       </c>
       <c r="D35" t="s">
+        <v>106</v>
+      </c>
+      <c r="E35">
+        <v>2</v>
+      </c>
+      <c r="F35" t="s">
         <v>155</v>
       </c>
-      <c r="E35">
-[...4 lines deleted...]
-      </c>
       <c r="G35" t="s">
-        <v>89</v>
+        <v>155</v>
       </c>
       <c r="H35" t="s">
         <v>156</v>
       </c>
       <c r="I35" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B36" t="s">
         <v>81</v>
       </c>
       <c r="C36" t="s">
         <v>158</v>
       </c>
       <c r="D36" t="s">
         <v>159</v>
       </c>
       <c r="E36">
         <v>2</v>
       </c>
       <c r="F36" t="s">
+        <v>89</v>
+      </c>
+      <c r="G36" t="s">
+        <v>89</v>
+      </c>
+      <c r="H36" t="s">
         <v>160</v>
       </c>
-      <c r="G36" t="s">
-[...2 lines deleted...]
-      <c r="H36" t="s">
+      <c r="I36" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B37" t="s">
-        <v>115</v>
+        <v>81</v>
       </c>
       <c r="C37" t="s">
         <v>162</v>
       </c>
       <c r="D37" t="s">
         <v>163</v>
       </c>
       <c r="E37">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F37" t="s">
-        <v>39</v>
+        <v>164</v>
       </c>
       <c r="G37" t="s">
-        <v>39</v>
+        <v>164</v>
       </c>
       <c r="H37" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="I37" t="s">
-        <v>165</v>
+        <v>127</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B38" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C38" t="s">
         <v>166</v>
       </c>
       <c r="D38" t="s">
         <v>167</v>
       </c>
       <c r="E38">
         <v>1</v>
       </c>
       <c r="F38" t="s">
-        <v>143</v>
+        <v>39</v>
       </c>
       <c r="G38" t="s">
-        <v>143</v>
+        <v>39</v>
       </c>
       <c r="H38" t="s">
         <v>168</v>
       </c>
       <c r="I38" t="s">
-        <v>96</v>
+        <v>169</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B39" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C39" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D39" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E39">
         <v>1</v>
       </c>
       <c r="F39" t="s">
-        <v>26</v>
+        <v>147</v>
       </c>
       <c r="G39" t="s">
-        <v>26</v>
+        <v>147</v>
       </c>
       <c r="H39" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="I39" t="s">
-        <v>28</v>
+        <v>96</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B40" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C40" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D40" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E40">
         <v>1</v>
       </c>
       <c r="F40" t="s">
-        <v>103</v>
+        <v>26</v>
       </c>
       <c r="G40" t="s">
-        <v>103</v>
+        <v>26</v>
       </c>
       <c r="H40" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="I40" t="s">
-        <v>175</v>
+        <v>28</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B41" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C41" t="s">
         <v>176</v>
       </c>
       <c r="D41" t="s">
         <v>177</v>
       </c>
       <c r="E41">
         <v>1</v>
       </c>
       <c r="F41" t="s">
-        <v>151</v>
+        <v>107</v>
       </c>
       <c r="G41" t="s">
-        <v>151</v>
+        <v>107</v>
       </c>
       <c r="H41" t="s">
         <v>178</v>
       </c>
       <c r="I41" t="s">
-        <v>105</v>
+        <v>179</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B42" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C42" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D42" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E42">
         <v>1</v>
       </c>
       <c r="F42" t="s">
-        <v>52</v>
+        <v>155</v>
       </c>
       <c r="G42" t="s">
-        <v>52</v>
+        <v>155</v>
       </c>
       <c r="H42" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="I42" t="s">
-        <v>54</v>
+        <v>109</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B43" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C43" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D43" t="s">
-        <v>134</v>
+        <v>184</v>
       </c>
       <c r="E43">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F43" t="s">
-        <v>84</v>
+        <v>52</v>
       </c>
       <c r="G43" t="s">
-        <v>84</v>
+        <v>52</v>
       </c>
       <c r="H43" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="I43" t="s">
-        <v>184</v>
+        <v>54</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B44" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C44" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D44" t="s">
-        <v>186</v>
+        <v>138</v>
       </c>
       <c r="E44">
         <v>2</v>
       </c>
       <c r="F44" t="s">
-        <v>39</v>
+        <v>84</v>
       </c>
       <c r="G44" t="s">
-        <v>39</v>
+        <v>84</v>
       </c>
       <c r="H44" t="s">
         <v>187</v>
       </c>
       <c r="I44" t="s">
-        <v>175</v>
+        <v>188</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-        <v>17.0</v>
+        <v>150</v>
+      </c>
+      <c r="B45" t="s">
+        <v>119</v>
       </c>
       <c r="C45" t="s">
         <v>189</v>
       </c>
       <c r="D45" t="s">
-        <v>36</v>
+        <v>190</v>
       </c>
       <c r="E45">
         <v>2</v>
       </c>
       <c r="F45" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="G45" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="H45" t="s">
-        <v>32</v>
+        <v>191</v>
       </c>
       <c r="I45" t="s">
-        <v>33</v>
+        <v>179</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>192</v>
+      </c>
+      <c r="B46">
+        <v>17.0</v>
       </c>
       <c r="C46" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="D46" t="s">
-        <v>78</v>
+        <v>36</v>
       </c>
       <c r="E46">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F46" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="G46" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="H46" t="s">
-        <v>191</v>
+        <v>32</v>
       </c>
       <c r="I46" t="s">
-        <v>192</v>
+        <v>33</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="B47" t="s">
-        <v>115</v>
+        <v>81</v>
       </c>
       <c r="C47" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D47" t="s">
-        <v>156</v>
+        <v>78</v>
       </c>
       <c r="E47">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F47" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="G47" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="H47" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="I47" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="B48" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C48" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D48" t="s">
-        <v>197</v>
+        <v>160</v>
       </c>
       <c r="E48">
         <v>2</v>
       </c>
       <c r="F48" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="G48" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="H48" t="s">
         <v>198</v>
       </c>
       <c r="I48" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>192</v>
+      </c>
+      <c r="B49" t="s">
+        <v>119</v>
+      </c>
+      <c r="C49" t="s">
         <v>200</v>
       </c>
-      <c r="B49" t="s">
-[...2 lines deleted...]
-      <c r="C49" t="s">
+      <c r="D49" t="s">
         <v>201</v>
       </c>
-      <c r="D49" t="s">
+      <c r="E49">
+        <v>2</v>
+      </c>
+      <c r="F49" t="s">
+        <v>52</v>
+      </c>
+      <c r="G49" t="s">
+        <v>52</v>
+      </c>
+      <c r="H49" t="s">
         <v>202</v>
       </c>
-      <c r="E49">
-[...8 lines deleted...]
-      <c r="H49" t="s">
+      <c r="I49" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B50" t="s">
         <v>72</v>
       </c>
       <c r="C50" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D50" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E50">
         <v>2</v>
       </c>
       <c r="F50" t="s">
-        <v>113</v>
+        <v>75</v>
       </c>
       <c r="G50" t="s">
-        <v>113</v>
+        <v>75</v>
       </c>
       <c r="H50" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="I50" t="s">
-        <v>207</v>
+        <v>127</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>17.0</v>
+        <v>204</v>
+      </c>
+      <c r="B51" t="s">
+        <v>72</v>
       </c>
       <c r="C51" t="s">
         <v>208</v>
       </c>
       <c r="D51" t="s">
         <v>209</v>
       </c>
       <c r="E51">
         <v>2</v>
       </c>
       <c r="F51" t="s">
-        <v>26</v>
+        <v>117</v>
       </c>
       <c r="G51" t="s">
-        <v>79</v>
+        <v>117</v>
       </c>
       <c r="H51" t="s">
         <v>210</v>
       </c>
       <c r="I51" t="s">
-        <v>28</v>
+        <v>211</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>204</v>
+      </c>
+      <c r="B52">
+        <v>17.0</v>
       </c>
       <c r="C52" t="s">
-        <v>116</v>
+        <v>212</v>
       </c>
       <c r="D52" t="s">
-        <v>95</v>
+        <v>213</v>
       </c>
       <c r="E52">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F52" t="s">
-        <v>94</v>
+        <v>26</v>
       </c>
       <c r="G52" t="s">
-        <v>94</v>
+        <v>79</v>
       </c>
       <c r="H52" t="s">
-        <v>118</v>
+        <v>214</v>
       </c>
       <c r="I52" t="s">
-        <v>119</v>
+        <v>28</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B53" t="s">
         <v>81</v>
       </c>
       <c r="C53" t="s">
-        <v>208</v>
+        <v>120</v>
       </c>
       <c r="D53" t="s">
-        <v>209</v>
+        <v>95</v>
       </c>
       <c r="E53">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F53" t="s">
-        <v>26</v>
+        <v>94</v>
       </c>
       <c r="G53" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="H53" t="s">
-        <v>211</v>
+        <v>122</v>
       </c>
       <c r="I53" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B54" t="s">
         <v>81</v>
       </c>
       <c r="C54" t="s">
-        <v>208</v>
+        <v>215</v>
       </c>
       <c r="D54" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="E54">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F54" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="G54" t="s">
-        <v>99</v>
+        <v>58</v>
       </c>
       <c r="H54" t="s">
-        <v>210</v>
+        <v>217</v>
       </c>
       <c r="I54" t="s">
-        <v>28</v>
+        <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B55" t="s">
         <v>81</v>
       </c>
       <c r="C55" t="s">
         <v>212</v>
       </c>
       <c r="D55" t="s">
-        <v>177</v>
+        <v>213</v>
       </c>
       <c r="E55">
         <v>2</v>
       </c>
       <c r="F55" t="s">
-        <v>103</v>
+        <v>26</v>
       </c>
       <c r="G55" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="H55" t="s">
-        <v>104</v>
+        <v>218</v>
       </c>
       <c r="I55" t="s">
-        <v>105</v>
+        <v>28</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B56" t="s">
-        <v>106</v>
+        <v>81</v>
       </c>
       <c r="C56" t="s">
+        <v>212</v>
+      </c>
+      <c r="D56" t="s">
         <v>213</v>
       </c>
-      <c r="D56" t="s">
+      <c r="E56">
+        <v>2</v>
+      </c>
+      <c r="F56" t="s">
+        <v>26</v>
+      </c>
+      <c r="G56" t="s">
+        <v>103</v>
+      </c>
+      <c r="H56" t="s">
         <v>214</v>
       </c>
-      <c r="E56">
-[...8 lines deleted...]
-      <c r="H56"/>
       <c r="I56" t="s">
-        <v>215</v>
+        <v>28</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B57" t="s">
-        <v>115</v>
+        <v>81</v>
       </c>
       <c r="C57" t="s">
-        <v>92</v>
+        <v>219</v>
       </c>
       <c r="D57" t="s">
-        <v>93</v>
+        <v>181</v>
       </c>
       <c r="E57">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F57" t="s">
-        <v>84</v>
+        <v>107</v>
       </c>
       <c r="G57" t="s">
-        <v>84</v>
+        <v>107</v>
       </c>
       <c r="H57" t="s">
-        <v>216</v>
+        <v>108</v>
       </c>
       <c r="I57" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B58" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="C58" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="D58" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="E58">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F58" t="s">
-        <v>113</v>
+        <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>113</v>
+        <v>20</v>
       </c>
       <c r="H58"/>
       <c r="I58" t="s">
-        <v>175</v>
+        <v>22</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B59" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C59" t="s">
-        <v>219</v>
+        <v>92</v>
       </c>
       <c r="D59" t="s">
-        <v>135</v>
+        <v>93</v>
       </c>
       <c r="E59">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F59" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="G59" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H59" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="I59" t="s">
-        <v>139</v>
+        <v>96</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B60" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C60" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="D60" t="s">
-        <v>125</v>
+        <v>224</v>
       </c>
       <c r="E60">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F60" t="s">
-        <v>126</v>
+        <v>117</v>
       </c>
       <c r="G60" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>117</v>
+      </c>
+      <c r="H60"/>
       <c r="I60" t="s">
-        <v>64</v>
+        <v>179</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>223</v>
+        <v>204</v>
       </c>
       <c r="B61" t="s">
-        <v>81</v>
+        <v>119</v>
       </c>
       <c r="C61" t="s">
-        <v>92</v>
+        <v>225</v>
       </c>
       <c r="D61" t="s">
-        <v>93</v>
+        <v>139</v>
       </c>
       <c r="E61">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F61" t="s">
-        <v>130</v>
+        <v>121</v>
       </c>
       <c r="G61" t="s">
-        <v>130</v>
+        <v>121</v>
       </c>
       <c r="H61" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="I61" t="s">
-        <v>96</v>
+        <v>143</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>223</v>
+        <v>204</v>
       </c>
       <c r="B62" t="s">
-        <v>81</v>
+        <v>119</v>
       </c>
       <c r="C62" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="D62" t="s">
-        <v>226</v>
+        <v>129</v>
       </c>
       <c r="E62">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F62" t="s">
-        <v>52</v>
+        <v>130</v>
       </c>
       <c r="G62" t="s">
-        <v>52</v>
+        <v>130</v>
       </c>
       <c r="H62" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="I62" t="s">
-        <v>228</v>
+        <v>64</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="B63" t="s">
         <v>81</v>
       </c>
       <c r="C63" t="s">
-        <v>229</v>
+        <v>92</v>
       </c>
       <c r="D63" t="s">
-        <v>156</v>
+        <v>93</v>
       </c>
       <c r="E63">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F63" t="s">
-        <v>89</v>
+        <v>134</v>
       </c>
       <c r="G63" t="s">
-        <v>89</v>
+        <v>134</v>
       </c>
       <c r="H63" t="s">
         <v>230</v>
       </c>
       <c r="I63" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="B64" t="s">
         <v>81</v>
       </c>
       <c r="C64" t="s">
         <v>231</v>
       </c>
       <c r="D64" t="s">
         <v>232</v>
       </c>
       <c r="E64">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F64" t="s">
-        <v>160</v>
+        <v>52</v>
       </c>
       <c r="G64" t="s">
-        <v>160</v>
+        <v>52</v>
       </c>
       <c r="H64" t="s">
         <v>233</v>
       </c>
       <c r="I64" t="s">
-        <v>44</v>
+        <v>234</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="B65" t="s">
         <v>81</v>
       </c>
       <c r="C65" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D65" t="s">
-        <v>235</v>
+        <v>160</v>
       </c>
       <c r="E65">
         <v>2</v>
       </c>
       <c r="F65" t="s">
-        <v>151</v>
+        <v>89</v>
       </c>
       <c r="G65" t="s">
-        <v>151</v>
+        <v>89</v>
       </c>
       <c r="H65" t="s">
         <v>236</v>
       </c>
       <c r="I65" t="s">
-        <v>237</v>
+        <v>91</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="B66" t="s">
-        <v>106</v>
+        <v>81</v>
       </c>
       <c r="C66" t="s">
+        <v>237</v>
+      </c>
+      <c r="D66" t="s">
         <v>238</v>
       </c>
-      <c r="D66" t="s">
+      <c r="E66">
+        <v>2</v>
+      </c>
+      <c r="F66" t="s">
+        <v>164</v>
+      </c>
+      <c r="G66" t="s">
+        <v>164</v>
+      </c>
+      <c r="H66" t="s">
         <v>239</v>
       </c>
-      <c r="E66">
-[...10 lines deleted...]
-      </c>
       <c r="I66" t="s">
-        <v>91</v>
+        <v>44</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="B67" t="s">
-        <v>106</v>
+        <v>81</v>
       </c>
       <c r="C67" t="s">
+        <v>240</v>
+      </c>
+      <c r="D67" t="s">
         <v>241</v>
       </c>
-      <c r="D67" t="s">
+      <c r="E67">
+        <v>2</v>
+      </c>
+      <c r="F67" t="s">
+        <v>155</v>
+      </c>
+      <c r="G67" t="s">
+        <v>155</v>
+      </c>
+      <c r="H67" t="s">
         <v>242</v>
       </c>
-      <c r="E67">
-[...8 lines deleted...]
-      <c r="H67" t="s">
+      <c r="I67" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="B68" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="C68" t="s">
         <v>244</v>
       </c>
       <c r="D68" t="s">
         <v>245</v>
       </c>
       <c r="E68">
         <v>1</v>
       </c>
       <c r="F68" t="s">
-        <v>117</v>
+        <v>89</v>
       </c>
       <c r="G68" t="s">
-        <v>117</v>
+        <v>89</v>
       </c>
       <c r="H68" t="s">
         <v>246</v>
       </c>
       <c r="I68" t="s">
-        <v>157</v>
+        <v>91</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="B69" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="C69" t="s">
         <v>247</v>
       </c>
       <c r="D69" t="s">
         <v>248</v>
       </c>
       <c r="E69">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F69" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="G69" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="H69" t="s">
         <v>249</v>
       </c>
       <c r="I69" t="s">
-        <v>250</v>
+        <v>188</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="B70" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C70" t="s">
+        <v>250</v>
+      </c>
+      <c r="D70" t="s">
         <v>251</v>
       </c>
-      <c r="D70" t="s">
+      <c r="E70">
+        <v>1</v>
+      </c>
+      <c r="F70" t="s">
+        <v>121</v>
+      </c>
+      <c r="G70" t="s">
+        <v>121</v>
+      </c>
+      <c r="H70" t="s">
         <v>252</v>
       </c>
-      <c r="E70">
-[...10 lines deleted...]
-      </c>
       <c r="I70" t="s">
-        <v>237</v>
+        <v>161</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="B71" t="s">
-        <v>140</v>
+        <v>119</v>
       </c>
       <c r="C71" t="s">
+        <v>253</v>
+      </c>
+      <c r="D71" t="s">
         <v>254</v>
       </c>
-      <c r="D71" t="s">
+      <c r="E71">
+        <v>1</v>
+      </c>
+      <c r="F71" t="s">
+        <v>107</v>
+      </c>
+      <c r="G71" t="s">
+        <v>107</v>
+      </c>
+      <c r="H71" t="s">
         <v>255</v>
       </c>
-      <c r="E71">
-[...8 lines deleted...]
-      <c r="H71" t="s">
+      <c r="I71" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>229</v>
+      </c>
+      <c r="B72" t="s">
+        <v>119</v>
+      </c>
+      <c r="C72" t="s">
         <v>257</v>
       </c>
-      <c r="B72">
-[...2 lines deleted...]
-      <c r="C72" t="s">
+      <c r="D72" t="s">
         <v>258</v>
       </c>
-      <c r="D72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E72">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F72" t="s">
-        <v>35</v>
+        <v>155</v>
       </c>
       <c r="G72" t="s">
-        <v>35</v>
+        <v>155</v>
       </c>
       <c r="H72" t="s">
-        <v>32</v>
+        <v>259</v>
       </c>
       <c r="I72" t="s">
-        <v>33</v>
+        <v>243</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>257</v>
+        <v>229</v>
       </c>
       <c r="B73" t="s">
-        <v>23</v>
+        <v>144</v>
       </c>
       <c r="C73" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D73" t="s">
-        <v>42</v>
+        <v>261</v>
       </c>
       <c r="E73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F73" t="s">
-        <v>13</v>
+        <v>147</v>
       </c>
       <c r="G73" t="s">
-        <v>13</v>
+        <v>147</v>
       </c>
       <c r="H73" t="s">
-        <v>12</v>
+        <v>262</v>
       </c>
       <c r="I73" t="s">
-        <v>15</v>
+        <v>136</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>257</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>263</v>
+      </c>
+      <c r="B74">
+        <v>10.0</v>
       </c>
       <c r="C74" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="D74" t="s">
-        <v>232</v>
+        <v>36</v>
       </c>
       <c r="E74">
         <v>2</v>
       </c>
       <c r="F74" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="G74" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="H74" t="s">
-        <v>261</v>
+        <v>32</v>
       </c>
       <c r="I74" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="B75" t="s">
         <v>23</v>
       </c>
       <c r="C75" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="D75" t="s">
-        <v>263</v>
+        <v>42</v>
       </c>
       <c r="E75">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F75" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="G75" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="H75" t="s">
-        <v>264</v>
+        <v>12</v>
       </c>
       <c r="I75" t="s">
-        <v>119</v>
+        <v>15</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="B76" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="C76" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D76" t="s">
-        <v>63</v>
+        <v>238</v>
       </c>
       <c r="E76">
         <v>2</v>
       </c>
       <c r="F76" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="G76" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="H76" t="s">
-        <v>62</v>
+        <v>267</v>
       </c>
       <c r="I76" t="s">
-        <v>266</v>
+        <v>44</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="B77" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="C77" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D77" t="s">
-        <v>36</v>
+        <v>269</v>
       </c>
       <c r="E77">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F77" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="G77" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="H77" t="s">
-        <v>32</v>
+        <v>270</v>
       </c>
       <c r="I77" t="s">
-        <v>268</v>
+        <v>123</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="B78" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="C78" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="D78" t="s">
-        <v>270</v>
+        <v>63</v>
       </c>
       <c r="E78">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F78" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="G78" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="H78"/>
+        <v>31</v>
+      </c>
+      <c r="H78" t="s">
+        <v>62</v>
+      </c>
       <c r="I78" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="B79" t="s">
         <v>45</v>
       </c>
       <c r="C79" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D79" t="s">
-        <v>156</v>
+        <v>36</v>
       </c>
       <c r="E79">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F79" t="s">
-        <v>58</v>
+        <v>35</v>
       </c>
       <c r="G79" t="s">
-        <v>58</v>
+        <v>35</v>
       </c>
       <c r="H79" t="s">
-        <v>194</v>
+        <v>32</v>
       </c>
       <c r="I79" t="s">
-        <v>195</v>
+        <v>274</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>273</v>
+        <v>263</v>
       </c>
       <c r="B80" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="C80" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D80" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="E80">
         <v>1</v>
       </c>
       <c r="F80" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="G80" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="H80"/>
       <c r="I80" t="s">
-        <v>64</v>
+        <v>277</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>277</v>
+        <v>263</v>
       </c>
       <c r="B81" t="s">
-        <v>72</v>
+        <v>45</v>
       </c>
       <c r="C81" t="s">
         <v>278</v>
       </c>
       <c r="D81" t="s">
-        <v>279</v>
+        <v>160</v>
       </c>
       <c r="E81">
         <v>2</v>
       </c>
       <c r="F81" t="s">
-        <v>151</v>
+        <v>58</v>
       </c>
       <c r="G81" t="s">
-        <v>151</v>
+        <v>58</v>
       </c>
       <c r="H81" t="s">
-        <v>280</v>
+        <v>198</v>
       </c>
       <c r="I81" t="s">
-        <v>250</v>
+        <v>199</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="B82" t="s">
+        <v>23</v>
+      </c>
+      <c r="C82" t="s">
+        <v>280</v>
+      </c>
+      <c r="D82" t="s">
         <v>281</v>
       </c>
-      <c r="C82" t="s">
+      <c r="E82">
+        <v>1</v>
+      </c>
+      <c r="F82" t="s">
+        <v>31</v>
+      </c>
+      <c r="G82" t="s">
+        <v>31</v>
+      </c>
+      <c r="H82" t="s">
         <v>282</v>
       </c>
-      <c r="D82" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I82" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-        <v>17.0</v>
+        <v>283</v>
+      </c>
+      <c r="B83" t="s">
+        <v>72</v>
       </c>
       <c r="C83" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D83" t="s">
-        <v>100</v>
+        <v>285</v>
       </c>
       <c r="E83">
         <v>2</v>
       </c>
       <c r="F83" t="s">
-        <v>26</v>
+        <v>155</v>
       </c>
       <c r="G83" t="s">
-        <v>79</v>
+        <v>155</v>
       </c>
       <c r="H83" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="I83" t="s">
-        <v>28</v>
+        <v>256</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="B84" t="s">
-        <v>81</v>
+        <v>287</v>
       </c>
       <c r="C84" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="D84" t="s">
-        <v>159</v>
+        <v>21</v>
       </c>
       <c r="E84">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F84" t="s">
-        <v>75</v>
+        <v>20</v>
       </c>
       <c r="G84" t="s">
-        <v>75</v>
+        <v>20</v>
       </c>
       <c r="H84" t="s">
-        <v>286</v>
+        <v>19</v>
       </c>
       <c r="I84" t="s">
-        <v>123</v>
+        <v>22</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>283</v>
+      </c>
+      <c r="B85">
+        <v>17.0</v>
       </c>
       <c r="C85" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="D85" t="s">
-        <v>288</v>
+        <v>104</v>
       </c>
       <c r="E85">
         <v>2</v>
       </c>
       <c r="F85" t="s">
-        <v>117</v>
+        <v>26</v>
       </c>
       <c r="G85" t="s">
-        <v>117</v>
-[...1 lines deleted...]
-      <c r="H85"/>
+        <v>79</v>
+      </c>
+      <c r="H85" t="s">
+        <v>290</v>
+      </c>
       <c r="I85" t="s">
-        <v>289</v>
+        <v>28</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="B86" t="s">
         <v>81</v>
       </c>
       <c r="C86" t="s">
-        <v>283</v>
+        <v>291</v>
       </c>
       <c r="D86" t="s">
-        <v>100</v>
+        <v>163</v>
       </c>
       <c r="E86">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F86" t="s">
-        <v>26</v>
+        <v>75</v>
       </c>
       <c r="G86" t="s">
-        <v>97</v>
+        <v>75</v>
       </c>
       <c r="H86" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="I86" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="B87" t="s">
         <v>81</v>
       </c>
       <c r="C87" t="s">
-        <v>283</v>
+        <v>293</v>
       </c>
       <c r="D87" t="s">
-        <v>100</v>
+        <v>294</v>
       </c>
       <c r="E87">
         <v>2</v>
       </c>
       <c r="F87" t="s">
-        <v>26</v>
+        <v>121</v>
       </c>
       <c r="G87" t="s">
-        <v>99</v>
-[...3 lines deleted...]
-      </c>
+        <v>121</v>
+      </c>
+      <c r="H87"/>
       <c r="I87" t="s">
-        <v>28</v>
+        <v>295</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="B88" t="s">
         <v>81</v>
       </c>
       <c r="C88" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="D88" t="s">
-        <v>293</v>
+        <v>104</v>
       </c>
       <c r="E88">
         <v>2</v>
       </c>
       <c r="F88" t="s">
-        <v>103</v>
+        <v>26</v>
       </c>
       <c r="G88" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="H88" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="I88" t="s">
-        <v>175</v>
+        <v>28</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="B89" t="s">
-        <v>106</v>
+        <v>81</v>
       </c>
       <c r="C89" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="D89" t="s">
-        <v>209</v>
+        <v>104</v>
       </c>
       <c r="E89">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F89" t="s">
         <v>26</v>
       </c>
       <c r="G89" t="s">
-        <v>26</v>
+        <v>103</v>
       </c>
       <c r="H89" t="s">
-        <v>100</v>
+        <v>297</v>
       </c>
       <c r="I89" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="B90" t="s">
-        <v>106</v>
+        <v>81</v>
       </c>
       <c r="C90" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="D90" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="E90">
         <v>2</v>
       </c>
       <c r="F90" t="s">
-        <v>68</v>
+        <v>107</v>
       </c>
       <c r="G90" t="s">
-        <v>68</v>
+        <v>107</v>
       </c>
       <c r="H90" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="I90" t="s">
-        <v>110</v>
+        <v>179</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="B91" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="C91" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="D91" t="s">
-        <v>118</v>
+        <v>213</v>
       </c>
       <c r="E91">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F91" t="s">
-        <v>94</v>
+        <v>26</v>
       </c>
       <c r="G91" t="s">
-        <v>94</v>
+        <v>26</v>
       </c>
       <c r="H91" t="s">
-        <v>300</v>
+        <v>104</v>
       </c>
       <c r="I91" t="s">
-        <v>145</v>
+        <v>28</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>283</v>
+      </c>
+      <c r="B92" t="s">
+        <v>110</v>
       </c>
       <c r="C92" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D92" t="s">
-        <v>233</v>
+        <v>303</v>
       </c>
       <c r="E92">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F92" t="s">
-        <v>113</v>
+        <v>68</v>
       </c>
       <c r="G92" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="H92"/>
+        <v>68</v>
+      </c>
+      <c r="H92" t="s">
+        <v>304</v>
+      </c>
       <c r="I92" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="B93" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="C93" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="D93" t="s">
-        <v>255</v>
+        <v>122</v>
       </c>
       <c r="E93">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F93" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="G93" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="H93" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="I93" t="s">
-        <v>132</v>
+        <v>149</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>283</v>
+      </c>
+      <c r="B94">
+        <v>18</v>
       </c>
       <c r="C94" t="s">
-        <v>92</v>
+        <v>307</v>
       </c>
       <c r="D94" t="s">
-        <v>93</v>
+        <v>239</v>
       </c>
       <c r="E94">
         <v>1</v>
       </c>
       <c r="F94" t="s">
         <v>117</v>
       </c>
       <c r="G94" t="s">
         <v>117</v>
       </c>
-      <c r="H94" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H94"/>
       <c r="I94" t="s">
-        <v>96</v>
+        <v>118</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="B95" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C95" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="D95" t="s">
-        <v>248</v>
+        <v>261</v>
       </c>
       <c r="E95">
         <v>1</v>
       </c>
       <c r="F95" t="s">
-        <v>39</v>
+        <v>84</v>
       </c>
       <c r="G95" t="s">
-        <v>39</v>
+        <v>84</v>
       </c>
       <c r="H95" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="I95" t="s">
-        <v>306</v>
+        <v>136</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="B96" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C96" t="s">
-        <v>307</v>
+        <v>92</v>
       </c>
       <c r="D96" t="s">
-        <v>308</v>
+        <v>93</v>
       </c>
       <c r="E96">
         <v>1</v>
       </c>
       <c r="F96" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="G96" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="H96" t="s">
-        <v>127</v>
+        <v>95</v>
       </c>
       <c r="I96" t="s">
-        <v>64</v>
+        <v>96</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="B97" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C97" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D97" t="s">
-        <v>125</v>
+        <v>254</v>
       </c>
       <c r="E97">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F97" t="s">
-        <v>126</v>
+        <v>39</v>
       </c>
       <c r="G97" t="s">
-        <v>126</v>
+        <v>39</v>
       </c>
       <c r="H97" t="s">
-        <v>222</v>
+        <v>311</v>
       </c>
       <c r="I97" t="s">
-        <v>64</v>
+        <v>100</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="B98" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C98" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="D98" t="s">
-        <v>112</v>
+        <v>313</v>
       </c>
       <c r="E98">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F98" t="s">
-        <v>113</v>
+        <v>130</v>
       </c>
       <c r="G98" t="s">
-        <v>113</v>
+        <v>130</v>
       </c>
       <c r="H98" t="s">
-        <v>205</v>
+        <v>131</v>
       </c>
       <c r="I98" t="s">
-        <v>207</v>
+        <v>33</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
-        <v>311</v>
+        <v>283</v>
       </c>
       <c r="B99" t="s">
-        <v>281</v>
+        <v>119</v>
       </c>
       <c r="C99" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="D99" t="s">
-        <v>159</v>
+        <v>129</v>
       </c>
       <c r="E99">
         <v>2</v>
       </c>
       <c r="F99" t="s">
-        <v>75</v>
+        <v>130</v>
       </c>
       <c r="G99" t="s">
-        <v>75</v>
+        <v>130</v>
       </c>
       <c r="H99" t="s">
-        <v>313</v>
+        <v>228</v>
       </c>
       <c r="I99" t="s">
-        <v>123</v>
+        <v>64</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
-        <v>311</v>
+        <v>283</v>
       </c>
       <c r="B100" t="s">
-        <v>81</v>
+        <v>119</v>
       </c>
       <c r="C100" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D100" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="E100">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F100" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="G100" t="s">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="H100" t="s">
-        <v>315</v>
+        <v>209</v>
       </c>
       <c r="I100" t="s">
-        <v>70</v>
+        <v>211</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="B101" t="s">
-        <v>81</v>
+        <v>287</v>
       </c>
       <c r="C101" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D101" t="s">
-        <v>118</v>
+        <v>163</v>
       </c>
       <c r="E101">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F101" t="s">
-        <v>94</v>
+        <v>75</v>
       </c>
       <c r="G101" t="s">
-        <v>94</v>
+        <v>75</v>
       </c>
       <c r="H101" t="s">
-        <v>95</v>
+        <v>318</v>
       </c>
       <c r="I101" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="B102" t="s">
         <v>81</v>
       </c>
       <c r="C102" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="D102" t="s">
-        <v>235</v>
+        <v>112</v>
       </c>
       <c r="E102">
         <v>1</v>
       </c>
       <c r="F102" t="s">
-        <v>151</v>
+        <v>68</v>
       </c>
       <c r="G102" t="s">
-        <v>151</v>
+        <v>68</v>
       </c>
       <c r="H102" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="I102" t="s">
-        <v>237</v>
+        <v>70</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="B103" t="s">
-        <v>115</v>
+        <v>81</v>
       </c>
       <c r="C103" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="D103" t="s">
-        <v>320</v>
+        <v>122</v>
       </c>
       <c r="E103">
         <v>1</v>
       </c>
       <c r="F103" t="s">
-        <v>143</v>
+        <v>94</v>
       </c>
       <c r="G103" t="s">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="H103"/>
+        <v>94</v>
+      </c>
+      <c r="H103" t="s">
+        <v>95</v>
+      </c>
       <c r="I103" t="s">
-        <v>96</v>
+        <v>123</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="B104" t="s">
         <v>81</v>
       </c>
       <c r="C104" t="s">
         <v>322</v>
       </c>
       <c r="D104" t="s">
+        <v>241</v>
+      </c>
+      <c r="E104">
+        <v>1</v>
+      </c>
+      <c r="F104" t="s">
+        <v>155</v>
+      </c>
+      <c r="G104" t="s">
+        <v>155</v>
+      </c>
+      <c r="H104" t="s">
         <v>323</v>
       </c>
-      <c r="E104">
-[...10 lines deleted...]
-      </c>
       <c r="I104" t="s">
-        <v>306</v>
+        <v>243</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="B105" t="s">
-        <v>81</v>
+        <v>119</v>
       </c>
       <c r="C105" t="s">
+        <v>324</v>
+      </c>
+      <c r="D105" t="s">
         <v>325</v>
       </c>
-      <c r="D105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E105">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F105" t="s">
-        <v>160</v>
+        <v>147</v>
       </c>
       <c r="G105" t="s">
-        <v>160</v>
-[...3 lines deleted...]
-      </c>
+        <v>147</v>
+      </c>
+      <c r="H105"/>
       <c r="I105" t="s">
-        <v>237</v>
+        <v>96</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="B106" t="s">
-        <v>115</v>
+        <v>81</v>
       </c>
       <c r="C106" t="s">
         <v>327</v>
       </c>
       <c r="D106" t="s">
-        <v>248</v>
+        <v>328</v>
       </c>
       <c r="E106">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F106" t="s">
-        <v>103</v>
+        <v>39</v>
       </c>
       <c r="G106" t="s">
-        <v>103</v>
+        <v>39</v>
       </c>
       <c r="H106" t="s">
-        <v>249</v>
+        <v>329</v>
       </c>
       <c r="I106" t="s">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="B107" t="s">
-        <v>115</v>
+        <v>81</v>
       </c>
       <c r="C107" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="D107" t="s">
-        <v>83</v>
+        <v>331</v>
       </c>
       <c r="E107">
         <v>2</v>
       </c>
       <c r="F107" t="s">
-        <v>84</v>
+        <v>164</v>
       </c>
       <c r="G107" t="s">
-        <v>84</v>
+        <v>164</v>
       </c>
       <c r="H107" t="s">
-        <v>329</v>
+        <v>241</v>
       </c>
       <c r="I107" t="s">
-        <v>86</v>
+        <v>243</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="B108" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C108" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="D108" t="s">
-        <v>331</v>
+        <v>254</v>
       </c>
       <c r="E108">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F108" t="s">
-        <v>52</v>
+        <v>107</v>
       </c>
       <c r="G108" t="s">
-        <v>52</v>
+        <v>107</v>
       </c>
       <c r="H108" t="s">
-        <v>332</v>
+        <v>255</v>
       </c>
       <c r="I108" t="s">
-        <v>145</v>
+        <v>256</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
+        <v>326</v>
+      </c>
+      <c r="B109" t="s">
+        <v>119</v>
+      </c>
+      <c r="C109" t="s">
         <v>333</v>
       </c>
-      <c r="B109">
-[...2 lines deleted...]
-      <c r="C109" t="s">
+      <c r="D109" t="s">
+        <v>83</v>
+      </c>
+      <c r="E109">
+        <v>2</v>
+      </c>
+      <c r="F109" t="s">
+        <v>84</v>
+      </c>
+      <c r="G109" t="s">
+        <v>84</v>
+      </c>
+      <c r="H109" t="s">
         <v>334</v>
       </c>
-      <c r="D109" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I109" t="s">
-        <v>28</v>
+        <v>86</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
-        <v>333</v>
+        <v>326</v>
       </c>
       <c r="B110" t="s">
-        <v>81</v>
+        <v>119</v>
       </c>
       <c r="C110" t="s">
         <v>335</v>
       </c>
       <c r="D110" t="s">
         <v>336</v>
       </c>
       <c r="E110">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F110" t="s">
-        <v>75</v>
+        <v>52</v>
       </c>
       <c r="G110" t="s">
-        <v>75</v>
+        <v>52</v>
       </c>
       <c r="H110" t="s">
-        <v>286</v>
+        <v>337</v>
       </c>
       <c r="I110" t="s">
-        <v>123</v>
+        <v>149</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
-        <v>333</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>338</v>
+      </c>
+      <c r="B111">
+        <v>17.0</v>
       </c>
       <c r="C111" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="D111" t="s">
-        <v>338</v>
+        <v>112</v>
       </c>
       <c r="E111">
         <v>2</v>
       </c>
       <c r="F111" t="s">
-        <v>137</v>
+        <v>26</v>
       </c>
       <c r="G111" t="s">
-        <v>137</v>
+        <v>79</v>
       </c>
       <c r="H111" t="s">
-        <v>339</v>
+        <v>214</v>
       </c>
       <c r="I111" t="s">
-        <v>340</v>
+        <v>28</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="B112" t="s">
         <v>81</v>
       </c>
       <c r="C112" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="D112" t="s">
-        <v>108</v>
+        <v>341</v>
       </c>
       <c r="E112">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F112" t="s">
-        <v>26</v>
+        <v>75</v>
       </c>
       <c r="G112" t="s">
-        <v>97</v>
+        <v>75</v>
       </c>
       <c r="H112" t="s">
-        <v>211</v>
+        <v>292</v>
       </c>
       <c r="I112" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="B113" t="s">
         <v>81</v>
       </c>
       <c r="C113" t="s">
-        <v>334</v>
+        <v>342</v>
       </c>
       <c r="D113" t="s">
-        <v>108</v>
+        <v>343</v>
       </c>
       <c r="E113">
         <v>2</v>
       </c>
       <c r="F113" t="s">
-        <v>26</v>
+        <v>141</v>
       </c>
       <c r="G113" t="s">
-        <v>99</v>
+        <v>141</v>
       </c>
       <c r="H113" t="s">
-        <v>100</v>
+        <v>85</v>
       </c>
       <c r="I113" t="s">
-        <v>28</v>
+        <v>344</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="B114" t="s">
         <v>81</v>
       </c>
       <c r="C114" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="D114" t="s">
-        <v>342</v>
+        <v>112</v>
       </c>
       <c r="E114">
         <v>2</v>
       </c>
       <c r="F114" t="s">
-        <v>151</v>
+        <v>26</v>
       </c>
       <c r="G114" t="s">
-        <v>151</v>
+        <v>101</v>
       </c>
       <c r="H114" t="s">
-        <v>152</v>
+        <v>218</v>
       </c>
       <c r="I114" t="s">
-        <v>343</v>
+        <v>28</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="B115" t="s">
-        <v>106</v>
+        <v>81</v>
       </c>
       <c r="C115" t="s">
-        <v>344</v>
+        <v>339</v>
       </c>
       <c r="D115" t="s">
-        <v>298</v>
+        <v>112</v>
       </c>
       <c r="E115">
         <v>2</v>
       </c>
       <c r="F115" t="s">
-        <v>68</v>
+        <v>26</v>
       </c>
       <c r="G115" t="s">
-        <v>68</v>
+        <v>103</v>
       </c>
       <c r="H115" t="s">
-        <v>297</v>
+        <v>104</v>
       </c>
       <c r="I115" t="s">
-        <v>110</v>
+        <v>28</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="B116" t="s">
-        <v>115</v>
+        <v>81</v>
       </c>
       <c r="C116" t="s">
         <v>345</v>
       </c>
       <c r="D116" t="s">
-        <v>255</v>
+        <v>346</v>
       </c>
       <c r="E116">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F116" t="s">
-        <v>84</v>
+        <v>155</v>
       </c>
       <c r="G116" t="s">
-        <v>84</v>
+        <v>155</v>
       </c>
       <c r="H116" t="s">
-        <v>303</v>
+        <v>156</v>
       </c>
       <c r="I116" t="s">
-        <v>132</v>
+        <v>347</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="B117" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="C117" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="D117" t="s">
-        <v>347</v>
+        <v>304</v>
       </c>
       <c r="E117">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F117" t="s">
-        <v>130</v>
+        <v>68</v>
       </c>
       <c r="G117" t="s">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="H117"/>
+        <v>68</v>
+      </c>
+      <c r="H117" t="s">
+        <v>303</v>
+      </c>
       <c r="I117" t="s">
-        <v>184</v>
+        <v>114</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="B118" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C118" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D118" t="s">
-        <v>125</v>
+        <v>261</v>
       </c>
       <c r="E118">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F118" t="s">
-        <v>126</v>
+        <v>84</v>
       </c>
       <c r="G118" t="s">
-        <v>126</v>
+        <v>84</v>
       </c>
       <c r="H118" t="s">
-        <v>222</v>
+        <v>309</v>
       </c>
       <c r="I118" t="s">
-        <v>64</v>
+        <v>136</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="B119" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C119" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D119" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="E119">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F119" t="s">
-        <v>94</v>
+        <v>134</v>
       </c>
       <c r="G119" t="s">
-        <v>94</v>
-[...3 lines deleted...]
-      </c>
+        <v>134</v>
+      </c>
+      <c r="H119"/>
       <c r="I119" t="s">
-        <v>149</v>
+        <v>188</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="B120" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C120" t="s">
         <v>352</v>
       </c>
       <c r="D120" t="s">
-        <v>353</v>
+        <v>129</v>
       </c>
       <c r="E120">
         <v>2</v>
       </c>
       <c r="F120" t="s">
-        <v>113</v>
+        <v>130</v>
       </c>
       <c r="G120" t="s">
-        <v>113</v>
+        <v>130</v>
       </c>
       <c r="H120" t="s">
-        <v>354</v>
+        <v>228</v>
       </c>
       <c r="I120" t="s">
-        <v>355</v>
+        <v>64</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="B121" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C121" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="D121" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="E121">
         <v>2</v>
       </c>
       <c r="F121" t="s">
-        <v>58</v>
+        <v>94</v>
       </c>
       <c r="G121" t="s">
-        <v>58</v>
+        <v>94</v>
       </c>
       <c r="H121" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="I121" t="s">
-        <v>145</v>
+        <v>153</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
+        <v>338</v>
+      </c>
+      <c r="B122" t="s">
+        <v>119</v>
+      </c>
+      <c r="C122" t="s">
+        <v>356</v>
+      </c>
+      <c r="D122" t="s">
+        <v>357</v>
+      </c>
+      <c r="E122">
+        <v>2</v>
+      </c>
+      <c r="F122" t="s">
+        <v>117</v>
+      </c>
+      <c r="G122" t="s">
+        <v>117</v>
+      </c>
+      <c r="H122" t="s">
+        <v>358</v>
+      </c>
+      <c r="I122" t="s">
         <v>359</v>
-      </c>
-[...22 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
-        <v>359</v>
+        <v>338</v>
       </c>
       <c r="B123" t="s">
-        <v>72</v>
+        <v>119</v>
       </c>
       <c r="C123" t="s">
-        <v>92</v>
+        <v>360</v>
       </c>
       <c r="D123" t="s">
-        <v>93</v>
+        <v>361</v>
       </c>
       <c r="E123">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F123" t="s">
-        <v>143</v>
+        <v>58</v>
       </c>
       <c r="G123" t="s">
-        <v>143</v>
+        <v>58</v>
       </c>
       <c r="H123" t="s">
         <v>362</v>
       </c>
       <c r="I123" t="s">
-        <v>96</v>
+        <v>149</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="B124" t="s">
         <v>72</v>
       </c>
       <c r="C124" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D124" t="s">
-        <v>364</v>
+        <v>112</v>
       </c>
       <c r="E124">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F124" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="G124" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="H124" t="s">
         <v>365</v>
       </c>
       <c r="I124" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="B125" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="C125" t="s">
+        <v>92</v>
+      </c>
+      <c r="D125" t="s">
+        <v>93</v>
+      </c>
+      <c r="E125">
+        <v>1</v>
+      </c>
+      <c r="F125" t="s">
+        <v>147</v>
+      </c>
+      <c r="G125" t="s">
+        <v>147</v>
+      </c>
+      <c r="H125" t="s">
         <v>366</v>
       </c>
-      <c r="D125" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I125" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="B126" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="C126" t="s">
+        <v>367</v>
+      </c>
+      <c r="D126" t="s">
         <v>368</v>
       </c>
-      <c r="D126" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E126">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F126" t="s">
-        <v>26</v>
+        <v>75</v>
       </c>
       <c r="G126" t="s">
-        <v>26</v>
+        <v>75</v>
       </c>
       <c r="H126" t="s">
-        <v>108</v>
+        <v>369</v>
       </c>
       <c r="I126" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="B127" t="s">
-        <v>115</v>
+        <v>81</v>
       </c>
       <c r="C127" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D127" t="s">
-        <v>252</v>
+        <v>122</v>
       </c>
       <c r="E127">
         <v>1</v>
       </c>
       <c r="F127" t="s">
-        <v>151</v>
+        <v>94</v>
       </c>
       <c r="G127" t="s">
-        <v>151</v>
+        <v>94</v>
       </c>
       <c r="H127" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="I127" t="s">
-        <v>237</v>
+        <v>54</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="B128" t="s">
-        <v>49</v>
+        <v>81</v>
       </c>
       <c r="C128" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D128" t="s">
-        <v>134</v>
+        <v>104</v>
       </c>
       <c r="E128">
         <v>1</v>
       </c>
       <c r="F128" t="s">
-        <v>117</v>
+        <v>26</v>
       </c>
       <c r="G128" t="s">
-        <v>117</v>
+        <v>26</v>
       </c>
       <c r="H128" t="s">
-        <v>372</v>
+        <v>112</v>
       </c>
       <c r="I128" t="s">
-        <v>119</v>
+        <v>28</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
+        <v>363</v>
+      </c>
+      <c r="B129" t="s">
+        <v>119</v>
+      </c>
+      <c r="C129" t="s">
         <v>373</v>
       </c>
-      <c r="B129">
-[...2 lines deleted...]
-      <c r="C129" t="s">
+      <c r="D129" t="s">
+        <v>258</v>
+      </c>
+      <c r="E129">
+        <v>1</v>
+      </c>
+      <c r="F129" t="s">
+        <v>155</v>
+      </c>
+      <c r="G129" t="s">
+        <v>155</v>
+      </c>
+      <c r="H129" t="s">
         <v>374</v>
       </c>
-      <c r="D129" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I129" t="s">
-        <v>376</v>
+        <v>243</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
-        <v>373</v>
+        <v>363</v>
       </c>
       <c r="B130" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="C130" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="D130" t="s">
-        <v>378</v>
+        <v>138</v>
       </c>
       <c r="E130">
         <v>1</v>
       </c>
       <c r="F130" t="s">
-        <v>13</v>
+        <v>121</v>
       </c>
       <c r="G130" t="s">
-        <v>13</v>
+        <v>121</v>
       </c>
       <c r="H130" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="I130" t="s">
-        <v>44</v>
+        <v>123</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
-        <v>373</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>377</v>
+      </c>
+      <c r="B131">
+        <v>10.0</v>
       </c>
       <c r="C131" t="s">
+        <v>378</v>
+      </c>
+      <c r="D131" t="s">
+        <v>379</v>
+      </c>
+      <c r="E131">
+        <v>2</v>
+      </c>
+      <c r="F131" t="s">
+        <v>35</v>
+      </c>
+      <c r="G131" t="s">
+        <v>35</v>
+      </c>
+      <c r="H131" t="s">
+        <v>32</v>
+      </c>
+      <c r="I131" t="s">
         <v>380</v>
-      </c>
-[...16 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="B132" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="C132" t="s">
+        <v>381</v>
+      </c>
+      <c r="D132" t="s">
+        <v>382</v>
+      </c>
+      <c r="E132">
+        <v>1</v>
+      </c>
+      <c r="F132" t="s">
+        <v>13</v>
+      </c>
+      <c r="G132" t="s">
+        <v>13</v>
+      </c>
+      <c r="H132" t="s">
         <v>383</v>
       </c>
-      <c r="D132" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I132" t="s">
-        <v>145</v>
+        <v>44</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="B133" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="C133" t="s">
+        <v>384</v>
+      </c>
+      <c r="D133" t="s">
+        <v>385</v>
+      </c>
+      <c r="E133">
+        <v>2</v>
+      </c>
+      <c r="F133" t="s">
+        <v>13</v>
+      </c>
+      <c r="G133" t="s">
+        <v>13</v>
+      </c>
+      <c r="H133" t="s">
         <v>386</v>
       </c>
-      <c r="D133" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I133" t="s">
-        <v>64</v>
+        <v>15</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="B134" t="s">
         <v>37</v>
       </c>
       <c r="C134" t="s">
+        <v>387</v>
+      </c>
+      <c r="D134" t="s">
+        <v>388</v>
+      </c>
+      <c r="E134">
+        <v>1</v>
+      </c>
+      <c r="F134" t="s">
+        <v>89</v>
+      </c>
+      <c r="G134" t="s">
+        <v>89</v>
+      </c>
+      <c r="H134" t="s">
         <v>389</v>
       </c>
-      <c r="D134" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I134" t="s">
-        <v>390</v>
+        <v>149</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="B135" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="C135" t="s">
+        <v>390</v>
+      </c>
+      <c r="D135" t="s">
         <v>391</v>
       </c>
-      <c r="D135" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E135">
         <v>1</v>
       </c>
       <c r="F135" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="G135" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="H135" t="s">
-        <v>32</v>
+        <v>392</v>
       </c>
       <c r="I135" t="s">
-        <v>33</v>
+        <v>64</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="B136" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="C136" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D136" t="s">
-        <v>393</v>
+        <v>63</v>
       </c>
       <c r="E136">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F136" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="G136" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="H136" t="s">
+        <v>62</v>
+      </c>
+      <c r="I136" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" t="s">
+        <v>377</v>
+      </c>
+      <c r="B137" t="s">
+        <v>45</v>
+      </c>
+      <c r="C137" t="s">
         <v>395</v>
       </c>
-      <c r="B137" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D137" t="s">
-        <v>397</v>
+        <v>379</v>
       </c>
       <c r="E137">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F137" t="s">
-        <v>117</v>
+        <v>35</v>
       </c>
       <c r="G137" t="s">
-        <v>117</v>
+        <v>35</v>
       </c>
       <c r="H137" t="s">
-        <v>398</v>
+        <v>32</v>
       </c>
       <c r="I137" t="s">
-        <v>399</v>
+        <v>33</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" t="s">
-        <v>395</v>
+        <v>377</v>
       </c>
       <c r="B138" t="s">
-        <v>115</v>
+        <v>45</v>
       </c>
       <c r="C138" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="D138" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="E138">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F138" t="s">
-        <v>143</v>
+        <v>20</v>
       </c>
       <c r="G138" t="s">
-        <v>143</v>
+        <v>20</v>
       </c>
       <c r="H138" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="I138" t="s">
-        <v>340</v>
+        <v>70</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" t="s">
-        <v>395</v>
+        <v>377</v>
       </c>
       <c r="B139" t="s">
-        <v>115</v>
+        <v>45</v>
       </c>
       <c r="C139" t="s">
-        <v>136</v>
+        <v>399</v>
       </c>
       <c r="D139" t="s">
-        <v>135</v>
+        <v>400</v>
       </c>
       <c r="E139">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F139" t="s">
-        <v>94</v>
+        <v>58</v>
       </c>
       <c r="G139" t="s">
-        <v>94</v>
+        <v>58</v>
       </c>
       <c r="H139" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="I139" t="s">
-        <v>119</v>
+        <v>295</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" t="s">
-        <v>395</v>
+        <v>402</v>
       </c>
       <c r="B140" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C140" t="s">
+        <v>403</v>
+      </c>
+      <c r="D140" t="s">
         <v>404</v>
       </c>
-      <c r="D140" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E140">
         <v>2</v>
       </c>
       <c r="F140" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="G140" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="H140" t="s">
         <v>405</v>
       </c>
       <c r="I140" t="s">
-        <v>175</v>
+        <v>406</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" t="s">
-        <v>395</v>
+        <v>402</v>
       </c>
       <c r="B141" t="s">
-        <v>49</v>
+        <v>119</v>
       </c>
       <c r="C141" t="s">
-        <v>50</v>
+        <v>407</v>
       </c>
       <c r="D141" t="s">
-        <v>51</v>
+        <v>408</v>
       </c>
       <c r="E141">
         <v>2</v>
       </c>
       <c r="F141" t="s">
-        <v>52</v>
+        <v>147</v>
       </c>
       <c r="G141" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="H141"/>
+        <v>147</v>
+      </c>
+      <c r="H141" t="s">
+        <v>409</v>
+      </c>
       <c r="I141" t="s">
-        <v>145</v>
+        <v>344</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="B142" t="s">
-        <v>72</v>
+        <v>119</v>
       </c>
       <c r="C142" t="s">
-        <v>407</v>
+        <v>140</v>
       </c>
       <c r="D142" t="s">
-        <v>279</v>
+        <v>139</v>
       </c>
       <c r="E142">
         <v>2</v>
       </c>
       <c r="F142" t="s">
-        <v>151</v>
+        <v>94</v>
       </c>
       <c r="G142" t="s">
-        <v>151</v>
+        <v>94</v>
       </c>
       <c r="H142" t="s">
-        <v>280</v>
+        <v>410</v>
       </c>
       <c r="I142" t="s">
-        <v>250</v>
+        <v>123</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="B143" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C143" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="D143" t="s">
-        <v>409</v>
+        <v>190</v>
       </c>
       <c r="E143">
         <v>2</v>
       </c>
       <c r="F143" t="s">
-        <v>84</v>
+        <v>117</v>
       </c>
       <c r="G143" t="s">
-        <v>84</v>
+        <v>117</v>
       </c>
       <c r="H143" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="I143" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" t="s">
-        <v>411</v>
+        <v>402</v>
       </c>
       <c r="B144" t="s">
-        <v>81</v>
+        <v>49</v>
       </c>
       <c r="C144" t="s">
-        <v>412</v>
+        <v>50</v>
       </c>
       <c r="D144" t="s">
-        <v>413</v>
+        <v>51</v>
       </c>
       <c r="E144">
         <v>2</v>
       </c>
       <c r="F144" t="s">
-        <v>160</v>
+        <v>52</v>
       </c>
       <c r="G144" t="s">
-        <v>160</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="H144"/>
       <c r="I144" t="s">
-        <v>415</v>
+        <v>149</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="B145" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="C145" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="D145" t="s">
-        <v>418</v>
+        <v>285</v>
       </c>
       <c r="E145">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F145" t="s">
-        <v>126</v>
+        <v>155</v>
       </c>
       <c r="G145" t="s">
-        <v>126</v>
+        <v>155</v>
       </c>
       <c r="H145" t="s">
-        <v>127</v>
+        <v>286</v>
       </c>
       <c r="I145" t="s">
-        <v>33</v>
+        <v>256</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" t="s">
+        <v>413</v>
+      </c>
+      <c r="B146" t="s">
+        <v>119</v>
+      </c>
+      <c r="C146" t="s">
+        <v>415</v>
+      </c>
+      <c r="D146" t="s">
         <v>416</v>
       </c>
-      <c r="B146" t="s">
-[...2 lines deleted...]
-      <c r="C146" t="s">
+      <c r="E146">
+        <v>2</v>
+      </c>
+      <c r="F146" t="s">
+        <v>84</v>
+      </c>
+      <c r="G146" t="s">
+        <v>84</v>
+      </c>
+      <c r="H146" t="s">
+        <v>417</v>
+      </c>
+      <c r="I146" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="147" spans="1:9">
+      <c r="A147" t="s">
+        <v>418</v>
+      </c>
+      <c r="B147" t="s">
+        <v>81</v>
+      </c>
+      <c r="C147" t="s">
         <v>419</v>
       </c>
-      <c r="D146" t="s">
-[...11 lines deleted...]
-      <c r="H146" t="s">
+      <c r="D147" t="s">
         <v>420</v>
       </c>
-      <c r="I146" t="s">
-        <v>184</v>
+      <c r="E147">
+        <v>2</v>
+      </c>
+      <c r="F147" t="s">
+        <v>164</v>
+      </c>
+      <c r="G147" t="s">
+        <v>164</v>
+      </c>
+      <c r="H147" t="s">
+        <v>421</v>
+      </c>
+      <c r="I147" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="148" spans="1:9">
+      <c r="A148" t="s">
+        <v>423</v>
+      </c>
+      <c r="B148" t="s">
+        <v>81</v>
+      </c>
+      <c r="C148" t="s">
+        <v>424</v>
+      </c>
+      <c r="D148" t="s">
+        <v>425</v>
+      </c>
+      <c r="E148">
+        <v>1</v>
+      </c>
+      <c r="F148" t="s">
+        <v>130</v>
+      </c>
+      <c r="G148" t="s">
+        <v>130</v>
+      </c>
+      <c r="H148" t="s">
+        <v>131</v>
+      </c>
+      <c r="I148" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="149" spans="1:9">
+      <c r="A149" t="s">
+        <v>423</v>
+      </c>
+      <c r="B149" t="s">
+        <v>119</v>
+      </c>
+      <c r="C149" t="s">
+        <v>426</v>
+      </c>
+      <c r="D149" t="s">
+        <v>416</v>
+      </c>
+      <c r="E149">
+        <v>2</v>
+      </c>
+      <c r="F149" t="s">
+        <v>147</v>
+      </c>
+      <c r="G149" t="s">
+        <v>147</v>
+      </c>
+      <c r="H149" t="s">
+        <v>427</v>
+      </c>
+      <c r="I149" t="s">
+        <v>188</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">