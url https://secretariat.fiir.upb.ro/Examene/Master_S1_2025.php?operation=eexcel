--- v0 (2025-10-20)
+++ v1 (2025-12-10)
@@ -41,78 +41,78 @@
   <si>
     <t>Ora</t>
   </si>
   <si>
     <t>Disciplina</t>
   </si>
   <si>
     <t>Titular Acoperire</t>
   </si>
   <si>
     <t>AN2</t>
   </si>
   <si>
     <t>Grupa</t>
   </si>
   <si>
     <t>Profesor Asistent</t>
   </si>
   <si>
     <t>Sala</t>
   </si>
   <si>
     <t>11:00</t>
   </si>
   <si>
+    <t>Proiectarea și implementarea sistemelor de management al calității</t>
+  </si>
+  <si>
+    <t>Conf. DIMITRESCU Andrei</t>
+  </si>
+  <si>
+    <t>CPSM</t>
+  </si>
+  <si>
+    <t>JC106</t>
+  </si>
+  <si>
+    <t>Proiectarea asistată de calculator a sistemelor mecanice</t>
+  </si>
+  <si>
+    <t>Sl.Dr.Ing. ANTONESCU Ovidiu</t>
+  </si>
+  <si>
+    <t>JC112</t>
+  </si>
+  <si>
     <t>Analiza și simularea mecanismelor</t>
   </si>
   <si>
     <t>S.L.Dr.Ing. NICULAE Elisabeta</t>
   </si>
   <si>
-    <t>CPSM</t>
-[...1 lines deleted...]
-  <si>
     <t>JC107</t>
-  </si>
-[...16 lines deleted...]
-    <t>JC112</t>
   </si>
   <si>
     <t>22 Jan 2025</t>
   </si>
   <si>
     <t>Teoria cercetarii accidentelor de munca</t>
   </si>
   <si>
     <t>Dr.Ing. BUJOR Constantin</t>
   </si>
   <si>
     <t>ISSM</t>
   </si>
   <si>
     <t>Prof.dr.ing. Chivu Oana Roxana</t>
   </si>
   <si>
     <t>CK111</t>
   </si>
   <si>
     <t>17:00</t>
   </si>
   <si>
     <t>Ergonomia produselor</t>
   </si>
@@ -3232,51 +3232,51 @@
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>155</v>
       </c>
       <c r="B58" t="s">
         <v>176</v>
       </c>
       <c r="C58" t="s">
         <v>180</v>
       </c>
       <c r="D58" t="s">
         <v>181</v>
       </c>
       <c r="E58">
         <v>2</v>
       </c>
       <c r="F58" t="s">
         <v>11</v>
       </c>
       <c r="G58" t="s">
         <v>182</v>
       </c>
       <c r="H58" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>155</v>
       </c>
       <c r="B59" t="s">
         <v>25</v>
       </c>
       <c r="C59" t="s">
         <v>183</v>
       </c>
       <c r="D59" t="s">
         <v>184</v>
       </c>
       <c r="E59">
         <v>2</v>
       </c>
       <c r="F59" t="s">
         <v>51</v>
       </c>
       <c r="G59" t="s">
         <v>185</v>
       </c>
       <c r="H59" t="s">
@@ -3414,51 +3414,51 @@
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>192</v>
       </c>
       <c r="B65" t="s">
         <v>25</v>
       </c>
       <c r="C65" t="s">
         <v>200</v>
       </c>
       <c r="D65" t="s">
         <v>201</v>
       </c>
       <c r="E65">
         <v>1</v>
       </c>
       <c r="F65" t="s">
         <v>52</v>
       </c>
       <c r="G65" t="s">
         <v>202</v>
       </c>
       <c r="H65" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>192</v>
       </c>
       <c r="B66" t="s">
         <v>25</v>
       </c>
       <c r="C66" t="s">
         <v>203</v>
       </c>
       <c r="D66" t="s">
         <v>204</v>
       </c>
       <c r="E66">
         <v>1</v>
       </c>
       <c r="F66" t="s">
         <v>54</v>
       </c>
       <c r="G66" t="s">
         <v>205</v>
       </c>
       <c r="H66" t="s">
@@ -3802,51 +3802,51 @@
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>192</v>
       </c>
       <c r="B80" t="s">
         <v>71</v>
       </c>
       <c r="C80" t="s">
         <v>246</v>
       </c>
       <c r="D80" t="s">
         <v>247</v>
       </c>
       <c r="E80">
         <v>2</v>
       </c>
       <c r="F80" t="s">
         <v>52</v>
       </c>
       <c r="G80" t="s">
         <v>248</v>
       </c>
       <c r="H80" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>192</v>
       </c>
       <c r="B81" t="s">
         <v>249</v>
       </c>
       <c r="C81" t="s">
         <v>250</v>
       </c>
       <c r="D81" t="s">
         <v>251</v>
       </c>
       <c r="E81">
         <v>1</v>
       </c>
       <c r="F81" t="s">
         <v>55</v>
       </c>
       <c r="G81" t="s">
         <v>252</v>
       </c>
       <c r="H81" t="s">
@@ -4596,63 +4596,63 @@
       </c>
       <c r="E110">
         <v>1</v>
       </c>
       <c r="F110" t="s">
         <v>38</v>
       </c>
       <c r="G110" t="s">
         <v>281</v>
       </c>
       <c r="H110" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>279</v>
       </c>
       <c r="B111" t="s">
         <v>25</v>
       </c>
       <c r="C111" t="s">
         <v>282</v>
       </c>
       <c r="D111" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E111">
         <v>2</v>
       </c>
       <c r="F111" t="s">
         <v>11</v>
       </c>
       <c r="G111" t="s">
         <v>181</v>
       </c>
       <c r="H111" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>279</v>
       </c>
       <c r="B112" t="s">
         <v>25</v>
       </c>
       <c r="C112" t="s">
         <v>283</v>
       </c>
       <c r="D112" t="s">
         <v>64</v>
       </c>
       <c r="E112">
         <v>2</v>
       </c>
       <c r="F112" t="s">
         <v>48</v>
       </c>
       <c r="G112" t="s">
         <v>284</v>
       </c>
       <c r="H112" t="s">
@@ -4738,51 +4738,51 @@
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>279</v>
       </c>
       <c r="B116" t="s">
         <v>71</v>
       </c>
       <c r="C116" t="s">
         <v>291</v>
       </c>
       <c r="D116" t="s">
         <v>292</v>
       </c>
       <c r="E116">
         <v>2</v>
       </c>
       <c r="F116" t="s">
         <v>52</v>
       </c>
       <c r="G116" t="s">
         <v>293</v>
       </c>
       <c r="H116" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>279</v>
       </c>
       <c r="B117" t="s">
         <v>71</v>
       </c>
       <c r="C117" t="s">
         <v>294</v>
       </c>
       <c r="D117" t="s">
         <v>295</v>
       </c>
       <c r="E117">
         <v>2</v>
       </c>
       <c r="F117" t="s">
         <v>55</v>
       </c>
       <c r="G117" t="s">
         <v>87</v>
       </c>
       <c r="H117" t="s">
@@ -4996,51 +4996,51 @@
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>303</v>
       </c>
       <c r="B126" t="s">
         <v>71</v>
       </c>
       <c r="C126" t="s">
         <v>320</v>
       </c>
       <c r="D126" t="s">
         <v>321</v>
       </c>
       <c r="E126">
         <v>1</v>
       </c>
       <c r="F126" t="s">
         <v>52</v>
       </c>
       <c r="G126" t="s">
         <v>322</v>
       </c>
       <c r="H126" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>303</v>
       </c>
       <c r="B127" t="s">
         <v>71</v>
       </c>
       <c r="C127" t="s">
         <v>323</v>
       </c>
       <c r="D127" t="s">
         <v>231</v>
       </c>
       <c r="E127">
         <v>1</v>
       </c>
       <c r="F127" t="s">
         <v>55</v>
       </c>
       <c r="G127" t="s">
         <v>232</v>
       </c>
       <c r="H127" t="s">
@@ -5244,89 +5244,89 @@
       </c>
       <c r="E135">
         <v>2</v>
       </c>
       <c r="F135" t="s">
         <v>47</v>
       </c>
       <c r="G135" t="s">
         <v>347</v>
       </c>
       <c r="H135" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>339</v>
       </c>
       <c r="B136" t="s">
         <v>165</v>
       </c>
       <c r="C136" t="s">
         <v>348</v>
       </c>
       <c r="D136" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E136">
         <v>2</v>
       </c>
       <c r="F136" t="s">
         <v>11</v>
       </c>
       <c r="G136" t="s">
         <v>181</v>
       </c>
       <c r="H136" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>339</v>
       </c>
       <c r="B137" t="s">
         <v>165</v>
       </c>
       <c r="C137" t="s">
         <v>349</v>
       </c>
       <c r="D137" t="s">
         <v>292</v>
       </c>
       <c r="E137">
         <v>2</v>
       </c>
       <c r="F137" t="s">
         <v>56</v>
       </c>
       <c r="G137" t="s">
         <v>350</v>
       </c>
       <c r="H137" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>339</v>
       </c>
       <c r="B138" t="s">
         <v>8</v>
       </c>
       <c r="C138" t="s">
         <v>351</v>
       </c>
       <c r="D138" t="s">
         <v>352</v>
       </c>
       <c r="E138">
         <v>2</v>
       </c>
       <c r="F138" t="s">
         <v>50</v>
       </c>
       <c r="G138" t="s">
         <v>353</v>
       </c>
       <c r="H138" t="s">
@@ -5800,51 +5800,51 @@
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>387</v>
       </c>
       <c r="B157" t="s">
         <v>71</v>
       </c>
       <c r="C157" t="s">
         <v>394</v>
       </c>
       <c r="D157" t="s">
         <v>247</v>
       </c>
       <c r="E157">
         <v>1</v>
       </c>
       <c r="F157" t="s">
         <v>52</v>
       </c>
       <c r="G157" t="s">
         <v>322</v>
       </c>
       <c r="H157" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>387</v>
       </c>
       <c r="B158" t="s">
         <v>71</v>
       </c>
       <c r="C158" t="s">
         <v>395</v>
       </c>
       <c r="D158" t="s">
         <v>396</v>
       </c>
       <c r="E158">
         <v>1</v>
       </c>
       <c r="F158" t="s">
         <v>55</v>
       </c>
       <c r="G158" t="s">
         <v>397</v>
       </c>
       <c r="H158" t="s">
@@ -6008,51 +6008,51 @@
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>407</v>
       </c>
       <c r="B165" t="s">
         <v>71</v>
       </c>
       <c r="C165" t="s">
         <v>411</v>
       </c>
       <c r="D165" t="s">
         <v>247</v>
       </c>
       <c r="E165">
         <v>2</v>
       </c>
       <c r="F165" t="s">
         <v>52</v>
       </c>
       <c r="G165" t="s">
         <v>248</v>
       </c>
       <c r="H165" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>407</v>
       </c>
       <c r="B166" t="s">
         <v>71</v>
       </c>
       <c r="C166" t="s">
         <v>412</v>
       </c>
       <c r="D166" t="s">
         <v>413</v>
       </c>
       <c r="E166">
         <v>2</v>
       </c>
       <c r="F166" t="s">
         <v>78</v>
       </c>
       <c r="G166" t="s">
         <v>414</v>
       </c>
       <c r="H166" t="s">
@@ -6202,63 +6202,63 @@
       <c r="D172" t="s">
         <v>426</v>
       </c>
       <c r="E172">
         <v>1</v>
       </c>
       <c r="F172" t="s">
         <v>51</v>
       </c>
       <c r="G172"/>
       <c r="H172" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>419</v>
       </c>
       <c r="B173" t="s">
         <v>165</v>
       </c>
       <c r="C173" t="s">
         <v>427</v>
       </c>
       <c r="D173" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E173">
         <v>2</v>
       </c>
       <c r="F173" t="s">
         <v>11</v>
       </c>
       <c r="G173" t="s">
         <v>182</v>
       </c>
       <c r="H173" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>419</v>
       </c>
       <c r="B174" t="s">
         <v>165</v>
       </c>
       <c r="C174" t="s">
         <v>428</v>
       </c>
       <c r="D174" t="s">
         <v>429</v>
       </c>
       <c r="E174">
         <v>2</v>
       </c>
       <c r="F174" t="s">
         <v>48</v>
       </c>
       <c r="G174" t="s">
         <v>430</v>
       </c>
       <c r="H174" t="s">
@@ -6266,51 +6266,51 @@
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>419</v>
       </c>
       <c r="B175" t="s">
         <v>165</v>
       </c>
       <c r="C175" t="s">
         <v>431</v>
       </c>
       <c r="D175" t="s">
         <v>167</v>
       </c>
       <c r="E175">
         <v>2</v>
       </c>
       <c r="F175" t="s">
         <v>56</v>
       </c>
       <c r="G175" t="s">
         <v>432</v>
       </c>
       <c r="H175" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>433</v>
       </c>
       <c r="B176" t="s">
         <v>25</v>
       </c>
       <c r="C176" t="s">
         <v>261</v>
       </c>
       <c r="D176" t="s">
         <v>262</v>
       </c>
       <c r="E176">
         <v>1</v>
       </c>
       <c r="F176" t="s">
         <v>28</v>
       </c>
       <c r="G176" t="s">
         <v>434</v>
       </c>
       <c r="H176" t="s">