--- v0 (2026-01-18)
+++ v1 (2026-03-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="591">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="602">
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>Ora</t>
   </si>
   <si>
     <t>Disciplina</t>
   </si>
   <si>
     <t>Titular Acoperire</t>
   </si>
   <si>
     <t>An2</t>
   </si>
   <si>
     <t>Serie</t>
   </si>
   <si>
     <t>Grup</t>
   </si>
   <si>
     <t>Profesor Asistent</t>
   </si>
   <si>
@@ -74,113 +74,116 @@
   <si>
     <t>TEODORESCU-DRĂGHICESCU  Florin</t>
   </si>
   <si>
     <t>AC</t>
   </si>
   <si>
     <t>GHEORGHIȚĂ Vlad</t>
   </si>
   <si>
     <t>CB015</t>
   </si>
   <si>
     <t>09:00</t>
   </si>
   <si>
     <t>Metoda elementului finit</t>
   </si>
   <si>
     <t>NITOI Dan Florin</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
+    <t>Ck111</t>
+  </si>
+  <si>
+    <t>10:00</t>
+  </si>
+  <si>
+    <t>Mecanică 1</t>
+  </si>
+  <si>
+    <t>VOICULESCU L. Luminita</t>
+  </si>
+  <si>
+    <t>EA</t>
+  </si>
+  <si>
+    <t>GRIGUȚA Andreea-Denisa</t>
+  </si>
+  <si>
+    <t>CD016</t>
+  </si>
+  <si>
+    <t>CC</t>
+  </si>
+  <si>
+    <t>Griguță Andreea Denisa</t>
+  </si>
+  <si>
+    <t>12:00</t>
+  </si>
+  <si>
+    <t>26 Jan 2026</t>
+  </si>
+  <si>
+    <t>08:00</t>
+  </si>
+  <si>
+    <t>Algebră liniară, geometrie analitică și diferențială</t>
+  </si>
+  <si>
+    <t>SAVESCU-NEACSU Crina-Daniela</t>
+  </si>
+  <si>
+    <t>Ani Irimia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ani Irimia </t>
+  </si>
+  <si>
+    <t>AB</t>
+  </si>
+  <si>
+    <t>Ingineria calităţii</t>
+  </si>
+  <si>
+    <t>PETRICEANU Constantin</t>
+  </si>
+  <si>
+    <t>CB</t>
+  </si>
+  <si>
+    <t>Giolu Cristian</t>
+  </si>
+  <si>
     <t>CB213</t>
   </si>
   <si>
-    <t>10:00</t>
-[...58 lines deleted...]
-  <si>
     <t>Teoria probabilităților și statistică matematică</t>
   </si>
   <si>
     <t>IFRIM Ana-Maria</t>
   </si>
   <si>
     <t>BC</t>
   </si>
   <si>
     <t>Silvestru Ionuț Catalin</t>
   </si>
   <si>
     <t>CB210</t>
   </si>
   <si>
     <t>Biomateriale și nanomateriale</t>
   </si>
   <si>
     <t>ANTONIAC Vasile Iulian</t>
   </si>
   <si>
     <t>Larisa Popescu</t>
   </si>
   <si>
     <t>JI109</t>
@@ -206,998 +209,1028 @@
   <si>
     <t>AA</t>
   </si>
   <si>
     <t>Garleanu Delia</t>
   </si>
   <si>
     <t>CB008</t>
   </si>
   <si>
     <t>Bazele roboticii</t>
   </si>
   <si>
     <t>SPANU Paulina</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t xml:space="preserve">Bogdan Jugravu	</t>
   </si>
   <si>
     <t>CB203</t>
   </si>
   <si>
+    <t>Pedagogie II</t>
+  </si>
+  <si>
+    <t>DOGARU Mariana</t>
+  </si>
+  <si>
+    <t>Janina Vascu</t>
+  </si>
+  <si>
+    <t>AN028</t>
+  </si>
+  <si>
+    <t>BA</t>
+  </si>
+  <si>
+    <t>Elemente de medicina muncii</t>
+  </si>
+  <si>
+    <t>CHIVU Oana-Roxana</t>
+  </si>
+  <si>
+    <t>GHEORGHE MARILENA</t>
+  </si>
+  <si>
+    <t>CK009d</t>
+  </si>
+  <si>
     <t>Proiectarea produselor</t>
   </si>
   <si>
     <t>GHEORGHITA Vlad</t>
   </si>
   <si>
     <t>S.L. Dr. Ing. Bogdan Jugravu</t>
   </si>
   <si>
     <t>CB005</t>
   </si>
   <si>
-    <t>Elemente de medicina muncii</t>
-[...8 lines deleted...]
-    <t>CK009d</t>
+    <t>DA</t>
+  </si>
+  <si>
+    <t>BD</t>
   </si>
   <si>
     <t>Inteligență artificială și sisteme expert</t>
   </si>
   <si>
     <t>BIGAN Cristin-Iulian</t>
   </si>
   <si>
     <t>PĂDURARU Valentin</t>
   </si>
   <si>
     <t xml:space="preserve">CB113	</t>
   </si>
   <si>
     <t>Tehnici de proiectare asistată de calculator 1</t>
   </si>
   <si>
     <t>ULMEANU Mihaela-Elena</t>
   </si>
   <si>
     <t>Vlad Enache</t>
   </si>
   <si>
+    <t>CO003a</t>
+  </si>
+  <si>
     <t xml:space="preserve">CO011 </t>
   </si>
   <si>
     <t>Ecologie şi protecţia mediului</t>
   </si>
   <si>
     <t>GHEORGHE Marilena</t>
   </si>
   <si>
     <t>CK111</t>
   </si>
   <si>
     <t>11:00</t>
   </si>
   <si>
     <t>Mașini unelte și prelucrări prin așchiere</t>
   </si>
   <si>
     <t>GHINEA Mihalache</t>
   </si>
   <si>
     <t>CB007</t>
   </si>
   <si>
     <t>Bazele ingineriei industriale 1</t>
   </si>
   <si>
-    <t>BOTEZ Corina</t>
+    <t>VILCEA Elena-Janina</t>
   </si>
   <si>
     <t xml:space="preserve">CODREANU Irina-Maria </t>
   </si>
   <si>
     <t>CB112</t>
   </si>
   <si>
     <t>Organe de mașini 1</t>
   </si>
   <si>
     <t>STOICA Alina - Maria</t>
   </si>
   <si>
     <t>CE301</t>
   </si>
   <si>
-    <t>BA</t>
-[...1 lines deleted...]
-  <si>
     <t>Catalin Ionut Silvestru</t>
   </si>
   <si>
     <t>Electronică digitală</t>
   </si>
   <si>
     <t>DASCĂLU Monica</t>
   </si>
   <si>
     <t>Costin-Andrei BRATAN</t>
   </si>
   <si>
     <t>CD008</t>
   </si>
   <si>
     <t>Acționări hidraulice și pneumatice</t>
   </si>
   <si>
     <t>BUCURESTEANU Anca Monica</t>
   </si>
   <si>
     <t>Cula Ștefan</t>
   </si>
   <si>
     <t>PANDURU Valentin</t>
   </si>
   <si>
     <t>POPA Constantin</t>
   </si>
   <si>
     <t xml:space="preserve">Petre Roxana Alexandra </t>
   </si>
   <si>
     <t>AN026</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>Petre Roxana Alexandra</t>
   </si>
   <si>
     <t>Proiectare asistată de calculator / Computer Aided Design 1</t>
   </si>
   <si>
     <t>DUGAESESCU Ileana</t>
   </si>
   <si>
-    <t>DA</t>
-[...1 lines deleted...]
-  <si>
     <t>Irina-Maria Codreanu</t>
   </si>
   <si>
     <t>CO003b</t>
   </si>
   <si>
+    <t>Psihologia educației</t>
+  </si>
+  <si>
+    <t>ZAHARIA Alina</t>
+  </si>
+  <si>
+    <t>Simona Gabureanu</t>
+  </si>
+  <si>
+    <t>Retele de calculatoare</t>
+  </si>
+  <si>
+    <t>POP Eugen</t>
+  </si>
+  <si>
+    <t>Iuliana Decu</t>
+  </si>
+  <si>
+    <t>CB201</t>
+  </si>
+  <si>
     <t>Tehnologii și echipamente pentru fabricare aditivă</t>
   </si>
   <si>
     <t>DOICIN Cristian</t>
   </si>
   <si>
     <t>ENACHE Vlad</t>
   </si>
   <si>
     <t>CB017</t>
   </si>
   <si>
-    <t>Retele de calculatoare</t>
-[...8 lines deleted...]
-    <t>CB201</t>
+    <t>14:00</t>
+  </si>
+  <si>
+    <t>Tratamente termice</t>
+  </si>
+  <si>
+    <t>BIBIS Adrian</t>
+  </si>
+  <si>
+    <t>Chivu Oana</t>
+  </si>
+  <si>
+    <t>15:00</t>
   </si>
   <si>
     <t xml:space="preserve">ENACHE Vlad	</t>
   </si>
   <si>
-    <t>14:00</t>
-[...10 lines deleted...]
-  <si>
     <t>15:30</t>
   </si>
   <si>
+    <t>Irimia Ani</t>
+  </si>
+  <si>
     <t>FA</t>
   </si>
   <si>
     <t>IRIMIA Ani Elena</t>
   </si>
   <si>
-    <t>Irimia Ani</t>
-[...1 lines deleted...]
-  <si>
     <t>8:00</t>
   </si>
   <si>
     <t>Fiabilitate și mentenanță</t>
   </si>
   <si>
     <t>BĂLAN Emilia</t>
   </si>
   <si>
     <t>DUDICI Luciana</t>
   </si>
   <si>
     <t>9:00</t>
   </si>
   <si>
     <t>Chimie</t>
   </si>
   <si>
     <t>PRODANA Mariana</t>
   </si>
   <si>
     <t>AA_D</t>
   </si>
   <si>
     <t>Stoian Bogdan</t>
   </si>
   <si>
     <t>EG005</t>
   </si>
   <si>
     <t>Programarea calculatoarelor și limbaje de programare 3</t>
   </si>
   <si>
     <t>ABAZA Bogdan Felician</t>
   </si>
   <si>
+    <t>Product Design and Development</t>
+  </si>
+  <si>
+    <t>CODREANU Irina-Maria</t>
+  </si>
+  <si>
+    <t>27 Jan 2026</t>
+  </si>
+  <si>
+    <t>08.00</t>
+  </si>
+  <si>
+    <t>Managementul calității</t>
+  </si>
+  <si>
+    <t>GHICULESCU Liviu Daniel</t>
+  </si>
+  <si>
+    <t>Claudiu  Pirnau</t>
+  </si>
+  <si>
+    <t>Programarea calculatoarelor și limbaje de programare 1</t>
+  </si>
+  <si>
+    <t>AMZA Cătălin-Gheorghe</t>
+  </si>
+  <si>
+    <t>Gabriel Tașcă</t>
+  </si>
+  <si>
+    <t>CK105</t>
+  </si>
+  <si>
+    <t>Rezistenţa materialelor</t>
+  </si>
+  <si>
+    <t>CIOLCA Miruna</t>
+  </si>
+  <si>
+    <t>Daniel VLASCEANU</t>
+  </si>
+  <si>
+    <t>Prelucrări prin așchiere și deformări plastice</t>
+  </si>
+  <si>
+    <t>SINDILĂ Gheorghe</t>
+  </si>
+  <si>
+    <t>GHEORGHIȚĂ Cătălin</t>
+  </si>
+  <si>
+    <t>Implementarea roboţilor în sistemele de producţie</t>
+  </si>
+  <si>
+    <t>NICOLESCU Florin Adrian</t>
+  </si>
+  <si>
+    <t>Dudici Luciana</t>
+  </si>
+  <si>
+    <t>CB209</t>
+  </si>
+  <si>
+    <t>STOIAN Bogdan</t>
+  </si>
+  <si>
+    <t>Tehnologia fabricării produselor 3</t>
+  </si>
+  <si>
+    <t>TONOIU Sergiu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Baila Diana </t>
+  </si>
+  <si>
+    <t>TAȘCĂ Gabriel</t>
+  </si>
+  <si>
+    <t>Conf. TAȘCĂ Gabriel-Dan</t>
+  </si>
+  <si>
+    <t>Gabriel Sima</t>
+  </si>
+  <si>
+    <t>Robotică 1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Angela Miruna Neacșu	</t>
+  </si>
+  <si>
+    <t>Tehnologia fabricării componentelor roboţilor industriali</t>
+  </si>
+  <si>
+    <t>GHEORGHITA Catalin</t>
+  </si>
+  <si>
+    <t>Senzori și sisteme senzoriale / Sensors and Sensorial Systems</t>
+  </si>
+  <si>
+    <t>POPESCU Constantin - Adrian</t>
+  </si>
+  <si>
+    <t>Angela Miruna Neacșu</t>
+  </si>
+  <si>
+    <t>Conf TASCA Gabriel</t>
+  </si>
+  <si>
+    <t>Organe de mașini / Machine Elements</t>
+  </si>
+  <si>
+    <t>RADULESCU Alexandru-Valentin</t>
+  </si>
+  <si>
+    <t>Irina Rădulescu</t>
+  </si>
+  <si>
+    <t>Catalin GHEORGHITA</t>
+  </si>
+  <si>
+    <t>Cristian Giolu</t>
+  </si>
+  <si>
+    <t>Rezistența materialelor 2</t>
+  </si>
+  <si>
+    <t>STOCHIOIU Constantin</t>
+  </si>
+  <si>
+    <t>Ana Maria Talanga</t>
+  </si>
+  <si>
+    <t>Cristina Giolu</t>
+  </si>
+  <si>
+    <t>NEACSU- PAVEL Angela- Miruna</t>
+  </si>
+  <si>
+    <t>Silvestru Cătălin</t>
+  </si>
+  <si>
+    <t>Tehnologii de fabricaţie 2</t>
+  </si>
+  <si>
+    <t>DUMITRACHE - RUJINSKI Alexandru</t>
+  </si>
+  <si>
+    <t>28 Jan 2026</t>
+  </si>
+  <si>
+    <t>Rezistenţa materialelor 2</t>
+  </si>
+  <si>
+    <t>JIGA Gheorghe Gabriel</t>
+  </si>
+  <si>
+    <t>S.I. Nicoleta Crișan</t>
+  </si>
+  <si>
+    <t>Integrarea tehnologiilor inteligente în industrie</t>
+  </si>
+  <si>
+    <t>CHICIOREANU Teodora Daniela</t>
+  </si>
+  <si>
+    <t>CB212</t>
+  </si>
+  <si>
+    <t>Logistică</t>
+  </si>
+  <si>
+    <t>Roxana Puiu</t>
+  </si>
+  <si>
+    <t>Algebră liniară, geometrie analitică și diferențială / Linear Algebra, Analytical and Differential Geometry</t>
+  </si>
+  <si>
+    <t>COSTEA  Nicusor</t>
+  </si>
+  <si>
+    <t>Doru Dumitru</t>
+  </si>
+  <si>
+    <t>PITEA Ariana</t>
+  </si>
+  <si>
+    <t>Crina Savescu-Neacsu</t>
+  </si>
+  <si>
+    <t>Sima Mihai</t>
+  </si>
+  <si>
+    <t>Senzori şi sisteme senzoriale</t>
+  </si>
+  <si>
+    <t>EMILIA POPESCU</t>
+  </si>
+  <si>
+    <t>Doru Dumitrescu</t>
+  </si>
+  <si>
+    <t>29 Jan 2026</t>
+  </si>
+  <si>
+    <t>TUDOSE Virgil</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Petcu Claudia	</t>
+  </si>
+  <si>
+    <t>Identificare în logistică</t>
+  </si>
+  <si>
+    <t>Popescu Emilia</t>
+  </si>
+  <si>
+    <t>09</t>
+  </si>
+  <si>
+    <t>Tehnologia Materialelor 2</t>
+  </si>
+  <si>
+    <t>MARINESCU Marinela-Nicoleta</t>
+  </si>
+  <si>
+    <t>BUȚU Larisa</t>
+  </si>
+  <si>
+    <t>Istoria tehnicii</t>
+  </si>
+  <si>
+    <t>Valentin Panduru</t>
+  </si>
+  <si>
+    <t>CB113</t>
+  </si>
+  <si>
+    <t>Securitate şi sănătate în muncă în sectoarele primare</t>
+  </si>
+  <si>
+    <t>BULBOACA Eugenia</t>
+  </si>
+  <si>
+    <t>Sisteme informatice și IIoT / Industrial Internet of Things</t>
+  </si>
+  <si>
+    <t>Bogdan Jugravu</t>
+  </si>
+  <si>
+    <t>Tehnologii WEB</t>
+  </si>
+  <si>
+    <t>TUNSOIU Nicolae</t>
+  </si>
+  <si>
+    <t>Știința și ingineria materialelor</t>
+  </si>
+  <si>
+    <t>MICULESCU Marian</t>
+  </si>
+  <si>
+    <t>Aura Mocanu</t>
+  </si>
+  <si>
+    <t>Asigurarea calităţii produselor şi serviciilor 1</t>
+  </si>
+  <si>
+    <t>DUMITRU Bogdan</t>
+  </si>
+  <si>
+    <t>S.I Gabriel Tasca</t>
+  </si>
+  <si>
+    <t>Alexandru Streza</t>
+  </si>
+  <si>
+    <t>Organe de maşini 1</t>
+  </si>
+  <si>
+    <t>Nicolae Stoica</t>
+  </si>
+  <si>
+    <t>Organe de mașini</t>
+  </si>
+  <si>
+    <t>STOICA Nicolae-Alexandru</t>
+  </si>
+  <si>
+    <t>Tehnologia fabricării produselor</t>
+  </si>
+  <si>
+    <t>Baila Diana</t>
+  </si>
+  <si>
+    <t>DOBRESCU Tiberiu Gabriel</t>
+  </si>
+  <si>
+    <t>Conf.Dr.Ing Vlasceanu Daniel</t>
+  </si>
+  <si>
+    <t>Managementul cercetării dezvoltării și inovării</t>
+  </si>
+  <si>
+    <t>POPA Cicerone-Laurenţiu</t>
+  </si>
+  <si>
+    <t>CHISCOP Florina</t>
+  </si>
+  <si>
+    <t>CK110d</t>
+  </si>
+  <si>
+    <t>Ingineria sistemelor de producţie</t>
+  </si>
+  <si>
+    <t>GHEORGHE Marian</t>
+  </si>
+  <si>
+    <t>DIJMĂRESCU Manuela-Roxana</t>
+  </si>
+  <si>
+    <t>CK104</t>
+  </si>
+  <si>
+    <t>30 Jan 2026</t>
+  </si>
+  <si>
+    <t>BUȚU LARISA</t>
+  </si>
+  <si>
+    <t>Costin Andrei Bratan</t>
+  </si>
+  <si>
+    <t>Puiu Roxana</t>
+  </si>
+  <si>
+    <t>Angela-Miruna NEACSU-PAVEL</t>
+  </si>
+  <si>
+    <t>Achiziția și prelucrarea datelor</t>
+  </si>
+  <si>
+    <t>CA012</t>
+  </si>
+  <si>
+    <t>Realitate virtuală în industrie</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Draghici Ana Maria </t>
+  </si>
+  <si>
+    <t>CB022</t>
+  </si>
+  <si>
+    <t>Tehnologia produselor injectate în matriță</t>
+  </si>
+  <si>
+    <t>OPRAN Constantin Gheorghe</t>
+  </si>
+  <si>
+    <t>Nicolescu Alexandru</t>
+  </si>
+  <si>
+    <t>Sisteme de inteligență artificială</t>
+  </si>
+  <si>
+    <t>PANDURU Valentin-Marius</t>
+  </si>
+  <si>
+    <t>BRATAN Costin- Andrei</t>
+  </si>
+  <si>
+    <t>Teoria probabilităților și statistică matematică / Probability and Statistics</t>
+  </si>
+  <si>
+    <t>Crina-Daniela Savescu-Neacsu</t>
+  </si>
+  <si>
+    <t>Managementul securității şi sănătății în muncă</t>
+  </si>
+  <si>
+    <t>Iacob Andrei</t>
+  </si>
+  <si>
+    <t>Bazele securității informatice</t>
+  </si>
+  <si>
+    <t>RĂCUCIU Ciprian</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	CO003b</t>
+  </si>
+  <si>
+    <t>Geanina Mateescu</t>
+  </si>
+  <si>
+    <t>Mașini și acționări electrice</t>
+  </si>
+  <si>
+    <t>PARPALĂ Radu-Constantin</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Emilia Popescu </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CK008	</t>
+  </si>
+  <si>
+    <t>Senzori și traductoare</t>
+  </si>
+  <si>
+    <t>JUGRAVU Bogdan - Alexandru</t>
+  </si>
+  <si>
+    <t>ENCIU Cornel</t>
+  </si>
+  <si>
+    <t>Proiectarea asistată de calculator pentru sisteme de fabricaţie flexibilă</t>
+  </si>
+  <si>
+    <t>POPESCU Diana</t>
+  </si>
+  <si>
+    <t>IVAN Mario</t>
+  </si>
+  <si>
+    <t>Concepția și exploatarea roboților industriali 1 / Industrial Robots Design and Operation 1</t>
+  </si>
+  <si>
+    <t>DRAGOI Marius</t>
+  </si>
+  <si>
+    <t>ZGÂRIAN Roxana-Gabriela</t>
+  </si>
+  <si>
+    <t>TIHAN Grațiela</t>
+  </si>
+  <si>
+    <t>EG01</t>
+  </si>
+  <si>
+    <t>SILVESTRU  Cătălin- Ionuţ</t>
+  </si>
+  <si>
+    <t>FIRULESCU Alexandru</t>
+  </si>
+  <si>
+    <t>17:00</t>
+  </si>
+  <si>
+    <t>Firulescu Alexandru</t>
+  </si>
+  <si>
+    <t>Irina Maria Codreanu</t>
+  </si>
+  <si>
+    <t>Rezistenţa materialelor 2 / Strength of Materials 2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Emil Nuțu </t>
+  </si>
+  <si>
+    <t>RADULESCU Irina</t>
+  </si>
+  <si>
+    <t>CB021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Costin Andrei Bratan	</t>
+  </si>
+  <si>
+    <t>Integrated Production Systems</t>
+  </si>
+  <si>
+    <t>Draghici Ana Maria</t>
+  </si>
+  <si>
+    <t>Conf CONSTANTIN POPA</t>
+  </si>
+  <si>
+    <t>31 Jan 2026</t>
+  </si>
+  <si>
+    <t>GÂRLEANU Gabriel</t>
+  </si>
+  <si>
+    <t>Conf. GÂRLEANU Delia</t>
+  </si>
+  <si>
+    <t>PÎRNĂU Claudiu</t>
+  </si>
+  <si>
+    <t>Tehnici de inteligenţă artificială 1</t>
+  </si>
+  <si>
+    <t>STAMATESCU Grigore</t>
+  </si>
+  <si>
+    <t>As.drd.ing. MITROI Daniel-Cătălin</t>
+  </si>
+  <si>
+    <t>Neacşu Crina</t>
+  </si>
+  <si>
+    <t>MITROI Daniel-Catalin</t>
+  </si>
+  <si>
+    <t>Gârleanu Delia</t>
+  </si>
+  <si>
+    <t>01 Feb 2026</t>
+  </si>
+  <si>
+    <t>02 Feb 2026</t>
+  </si>
+  <si>
+    <t>Analiză matematică</t>
+  </si>
+  <si>
+    <t>Vîlcu Gabriel</t>
+  </si>
+  <si>
+    <t>Ingineria proceselor de asamblare</t>
+  </si>
+  <si>
+    <t>CATANĂ Mădalin</t>
+  </si>
+  <si>
+    <t>Codreanu Irina</t>
+  </si>
+  <si>
+    <t>SAVU Tom</t>
+  </si>
+  <si>
+    <t>CB202</t>
+  </si>
+  <si>
+    <t>Andreea Teleaşă</t>
+  </si>
+  <si>
+    <t>TURTOI Petrică</t>
+  </si>
+  <si>
+    <t>Ionut-Razvan Nechita</t>
+  </si>
+  <si>
+    <t>Proiectarea asistată de calculator 1</t>
+  </si>
+  <si>
+    <t>PENA  ANDRA-ELENA</t>
+  </si>
+  <si>
+    <t>DOREL ANANIA</t>
+  </si>
+  <si>
+    <t>Procese industriale adaptive și inovative</t>
+  </si>
+  <si>
+    <t>CB001</t>
+  </si>
+  <si>
+    <t>Cristina Carmen Cazacu</t>
+  </si>
+  <si>
+    <t>Inspecția și evaluarea calității produselor și serviciilor 1</t>
+  </si>
+  <si>
+    <t>DUMITRASCU Constantin</t>
+  </si>
+  <si>
+    <t>Sl. dr. ing. Radu Constantin</t>
+  </si>
+  <si>
+    <t>Procese şi sisteme de prelucrare 1</t>
+  </si>
+  <si>
+    <t>Luciana DUDICI</t>
+  </si>
+  <si>
+    <t>Procedee de fabricație în sisteme de producție digitale</t>
+  </si>
+  <si>
+    <t>BISU Claudiu</t>
+  </si>
+  <si>
+    <t>Dorel Anania</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ENCIU Cornel </t>
+  </si>
+  <si>
+    <t>Senzori și Internetul Obiectelor Industriale</t>
+  </si>
+  <si>
+    <t>Cula Stefan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	CO006</t>
+  </si>
+  <si>
+    <t>Jugravu Bogdan</t>
+  </si>
+  <si>
+    <t>Mecanică 1 / Technical Mechanics 1</t>
+  </si>
+  <si>
+    <t>VASILE Ovidiu</t>
+  </si>
+  <si>
+    <t>Stefan Dumitru</t>
+  </si>
+  <si>
+    <t>Alexandru Cazacu</t>
+  </si>
+  <si>
+    <t>Ștefan Dumitru</t>
+  </si>
+  <si>
+    <t>Vilcu Gabriel</t>
+  </si>
+  <si>
+    <t>Larisa Buțu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alina-Maria STOICA </t>
+  </si>
+  <si>
+    <t>Teoria probabilităților și statistică matematică / Probability Theory and Mathematical Statistics</t>
+  </si>
+  <si>
+    <t>Iorduc George</t>
+  </si>
+  <si>
+    <t>Teoria elasticității</t>
+  </si>
+  <si>
+    <t>Mașini unelte</t>
+  </si>
+  <si>
+    <t>GRIGUȚĂ Andreea Denisa</t>
+  </si>
+  <si>
+    <t>Adrian Costache</t>
+  </si>
+  <si>
+    <t>Modelare, identificare și simulare 2</t>
+  </si>
+  <si>
+    <t>VLASCEANU Daniel</t>
+  </si>
+  <si>
+    <t>Mihai Costea</t>
+  </si>
+  <si>
+    <t>CA009</t>
+  </si>
+  <si>
+    <t>Oana Roxana Chivu</t>
+  </si>
+  <si>
+    <t>Sisteme de acționare 2 / Driving Systems 2</t>
+  </si>
+  <si>
+    <t>ANANIA Florea Dorel</t>
+  </si>
+  <si>
+    <t>VÎLCU Gabriel</t>
+  </si>
+  <si>
+    <t>OVANISOF Alina</t>
+  </si>
+  <si>
+    <t>IVAN Andrei Mario</t>
+  </si>
+  <si>
+    <t>Luchian Cornelia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dr Bogdan Stoian </t>
+  </si>
+  <si>
+    <t>GIOLU Cristian</t>
+  </si>
+  <si>
     <t>Vlad Gheorghita</t>
   </si>
   <si>
-    <t>Product Design and Development</t>
-[...682 lines deleted...]
-  <si>
     <t>Tehnologii neconvenționale</t>
   </si>
   <si>
     <t>S.l. Dr. Ing. Cornel Enciu</t>
   </si>
   <si>
     <t>CB023</t>
   </si>
   <si>
+    <t>Dinamica mașinilor și proceselor</t>
+  </si>
+  <si>
+    <t>MOHORA Cristina</t>
+  </si>
+  <si>
+    <t>BÎSU Claudiu</t>
+  </si>
+  <si>
+    <t>CB006</t>
+  </si>
+  <si>
     <t>Radu Constantin</t>
   </si>
   <si>
-    <t>Dinamica mașinilor și proceselor</t>
-[...10 lines deleted...]
-  <si>
     <t>03 Feb 2026</t>
   </si>
   <si>
     <t>Echipamente de fabricare 1</t>
   </si>
   <si>
     <t>NANU Alexandru-Sergiu</t>
   </si>
   <si>
     <t>Lazăr Marius</t>
   </si>
   <si>
     <t>Management de sistem si de proiect / System and Project Management</t>
   </si>
   <si>
     <t>ROSU Maria-Magdalena</t>
   </si>
   <si>
     <t>Tiriplica Petre</t>
   </si>
   <si>
     <t>Proiectare asistată de calculator 3</t>
   </si>
   <si>
     <t>GHIONEA Gabriel Ionut</t>
@@ -1265,131 +1298,134 @@
   <si>
     <t>Industrial Logistics</t>
   </si>
   <si>
     <t>POPESCU Emilia - Maria</t>
   </si>
   <si>
     <t>04 Feb 2026</t>
   </si>
   <si>
     <t>Nicoleta Crisan</t>
   </si>
   <si>
     <t>Rezistența materialelor 2 / Mechanics of Materials 2</t>
   </si>
   <si>
     <t>PASTRAMĂ Stefan Dan</t>
   </si>
   <si>
     <t>Tălângă Ana-Maria</t>
   </si>
   <si>
     <t>Retele neuronale</t>
   </si>
   <si>
+    <t>Mihai Sima</t>
+  </si>
+  <si>
     <t>Conf TIHAN Gratiela</t>
   </si>
   <si>
     <t>PETCU Claudia</t>
   </si>
   <si>
     <t>Procese industriale 3</t>
   </si>
   <si>
     <t>Marius Lazar</t>
   </si>
   <si>
     <t>05 Feb 2026</t>
   </si>
   <si>
+    <t>Sisteme de operare</t>
+  </si>
+  <si>
+    <t>Iliuță Miruna-Elena</t>
+  </si>
+  <si>
+    <t>ED020</t>
+  </si>
+  <si>
     <t>Florina Chiscop</t>
   </si>
   <si>
-    <t>Sisteme de operare</t>
-[...5 lines deleted...]
-    <t>ED020</t>
+    <t>Chimie / Chemistry</t>
+  </si>
+  <si>
+    <t>POPESCU Simona Andreia</t>
+  </si>
+  <si>
+    <t>Cristina Dumitriu</t>
   </si>
   <si>
     <t>Proiectare asistată de calculator 2</t>
   </si>
   <si>
     <t>Cristiana Cazacu</t>
   </si>
   <si>
     <t>Analiza fiabilitatii sistemelor industriale</t>
   </si>
   <si>
     <t>DUMITRAS Marius</t>
   </si>
   <si>
     <t>Tosu Tiberiu</t>
   </si>
   <si>
+    <t>ANANIA Dorel</t>
+  </si>
+  <si>
     <t>Proiectare asistată de calculator 1</t>
   </si>
   <si>
     <t>CONSTANTIN Paul</t>
   </si>
   <si>
-    <t>ANANIA Dorel</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Bogatu Ana-Maria </t>
   </si>
   <si>
     <t>Programarea mașinilor-unelte</t>
   </si>
   <si>
     <t>PENA Andra Elena</t>
   </si>
   <si>
     <t>Limba modernă 1 - Franceză / Foreign Languages 1 - French</t>
   </si>
   <si>
     <t>SĂLVAN Mirela-Sanda</t>
   </si>
   <si>
     <t>Corina Pascal</t>
   </si>
   <si>
     <t>BN029</t>
   </si>
   <si>
-    <t>Chimie / Chemistry</t>
-[...7 lines deleted...]
-  <si>
     <t>Miruna-Elena Iliuță</t>
   </si>
   <si>
     <t>Miruna Elena Iliuta</t>
   </si>
   <si>
     <t>Sisteme de realitate virtuală</t>
   </si>
   <si>
     <t>CAZACU Carmen-Cristiana</t>
   </si>
   <si>
     <t>Proiectare asistată de calculator 1 / Computer Aided Design 1</t>
   </si>
   <si>
     <t>PENA Andra-Elena</t>
   </si>
   <si>
     <t>Conf. TIHAN Grațiela</t>
   </si>
   <si>
     <t>Proiectare asistată de calculator pentru sisteme de intralogistică</t>
   </si>
   <si>
     <t>DUDICI Cristina Luciana</t>
@@ -1397,104 +1433,113 @@
   <si>
     <t>CAZACU Cristiana</t>
   </si>
   <si>
     <t>Alexandru Cristian Firulescu</t>
   </si>
   <si>
     <t>16:00</t>
   </si>
   <si>
     <t>ILIUȚĂ Miruna-Elena</t>
   </si>
   <si>
     <t>16:15</t>
   </si>
   <si>
     <t>Miruna-Elena Iliuta</t>
   </si>
   <si>
     <t xml:space="preserve"> Nicoleta CRISAN</t>
   </si>
   <si>
     <t>06 Feb 2026</t>
   </si>
   <si>
+    <t>GAVRILĂ Daniela Emilia</t>
+  </si>
+  <si>
     <t>DUMITRU Ștefan</t>
   </si>
   <si>
-    <t>GAVRILĂ Daniela Emilia</t>
-[...1 lines deleted...]
-  <si>
     <t>Proiectarea sistemelor mecanice / Mechanical Systems Design</t>
   </si>
   <si>
     <t>ROTARU Alexandra</t>
   </si>
   <si>
     <t>As. dr. ing. Valentina-Daniela BĂJENARU</t>
   </si>
   <si>
+    <t xml:space="preserve"> Vlad Gheorghita</t>
+  </si>
+  <si>
+    <t>Calitatea fabricației</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pîrnău Claudiu </t>
+  </si>
+  <si>
+    <t>Securitate şi sănătate în muncă în domeniul mecanic</t>
+  </si>
+  <si>
+    <t>BABIS  Claudiu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CE301Bis	</t>
+  </si>
+  <si>
+    <t>Procese de deformare plastică la rece</t>
+  </si>
+  <si>
+    <t>Managementul comunicării</t>
+  </si>
+  <si>
+    <t>Tașca Gabriel</t>
+  </si>
+  <si>
+    <t>Computer Aided Manufacturing</t>
+  </si>
+  <si>
+    <t>PENA Andra</t>
+  </si>
+  <si>
+    <t>CO002</t>
+  </si>
+  <si>
+    <t>Gabriel Tasca</t>
+  </si>
+  <si>
+    <t>Programarea textuală a robotilor industriali</t>
+  </si>
+  <si>
+    <t>ANTON Florin-Daniel</t>
+  </si>
+  <si>
     <t>PETRE Roxana-Alexandra</t>
   </si>
   <si>
-    <t>s.I.dr.ing. Vlad Gheorghita</t>
-[...34 lines deleted...]
-  <si>
     <t>Dumitru Ştefan</t>
   </si>
   <si>
     <t>Geanina Andronache</t>
   </si>
   <si>
     <t>Cornel ENCIU</t>
   </si>
   <si>
     <t>Managementul investițiilor</t>
   </si>
   <si>
     <t>Ivan Mario</t>
   </si>
   <si>
     <t>POPESCU Emilia</t>
   </si>
   <si>
     <t>NUTU Emil</t>
   </si>
   <si>
     <t>Concepţia şi exploatarea roboţilor industriali 1</t>
   </si>
   <si>
     <t>DRAGOI MARIUS</t>
@@ -1508,327 +1553,315 @@
   <si>
     <t>Proiectarea dispozitivelor tehnologice 2</t>
   </si>
   <si>
     <t>RADU Constantin</t>
   </si>
   <si>
     <t>07 Feb 2026</t>
   </si>
   <si>
     <t>Sisteme numerice de conducere</t>
   </si>
   <si>
     <t>DIMON Cătălin</t>
   </si>
   <si>
     <t>As.drd.ing. Lucian Mihai</t>
   </si>
   <si>
     <t>Conf. GARLEANU Delia</t>
   </si>
   <si>
     <t>08 Feb 2026</t>
   </si>
   <si>
-    <t>G. SIMA</t>
-[...1 lines deleted...]
-  <si>
     <t>09 Feb 2026</t>
   </si>
   <si>
     <t>BLAJINĂ Ovidiu Aurelian</t>
   </si>
   <si>
     <t>Nicolae Capatana</t>
   </si>
   <si>
     <t>Procese de fabricație 1 / Manufacturing Processes 1</t>
   </si>
   <si>
     <t>MANOLACHE Daniel-Silviu</t>
   </si>
   <si>
     <t>CK104b</t>
   </si>
   <si>
+    <t>Bazele generării suprafețelor și prelucrări prin așchiere</t>
+  </si>
+  <si>
     <t>SEBE Gabriela Ileana</t>
   </si>
   <si>
     <t>Angela Păsărescu</t>
   </si>
   <si>
     <t>Silvestru Ionuț Cătălin</t>
   </si>
   <si>
     <t>Matematici Speciale</t>
   </si>
   <si>
     <t>TOMA Antonela</t>
   </si>
   <si>
     <t>Laurance Fakih</t>
   </si>
   <si>
+    <t>Securitate şi sănătate în muncă în domeniul transporturilor</t>
+  </si>
+  <si>
+    <t>CB024</t>
+  </si>
+  <si>
     <t>Sisteme mecatronice</t>
   </si>
   <si>
     <t>COMEAGA Constantin-Daniel</t>
   </si>
   <si>
     <t>COPORAN Teodor</t>
   </si>
   <si>
-    <t>Securitate şi sănătate în muncă în domeniul transporturilor</t>
-[...2 lines deleted...]
-    <t>CB024</t>
+    <t>Securitate şi sănătate în muncă în domeniul serviciilor</t>
+  </si>
+  <si>
+    <t>Gheorghe Marilena</t>
   </si>
   <si>
     <t>Operaționalitatea și managementul centrelor de distribuție</t>
   </si>
   <si>
-    <t>Securitate şi sănătate în muncă în domeniul serviciilor</t>
-[...4 lines deleted...]
-  <si>
     <t>CODREANU Irina</t>
   </si>
   <si>
+    <t>09:30</t>
+  </si>
+  <si>
+    <t>OANCEA Emilia</t>
+  </si>
+  <si>
+    <t>Analiză de produs</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Popescu Larisa </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Radu Constantin </t>
+  </si>
+  <si>
     <t>Bazele tehnologiei informației</t>
   </si>
   <si>
     <t>prof. Doicin</t>
   </si>
   <si>
-    <t>Analiză de produs</t>
-[...14 lines deleted...]
-    <t>CK112</t>
+    <t>SILVESTRU Ionuț Cătălin</t>
   </si>
   <si>
     <t>Informatică aplicată</t>
   </si>
   <si>
     <t>Doicin Cristian</t>
   </si>
   <si>
-    <t>OANCEA Emilia</t>
-[...7 lines deleted...]
-  <si>
     <t>S.I. Cristina Dumitru</t>
   </si>
   <si>
     <t>Robotică 1 / Robotics 1</t>
   </si>
   <si>
     <t>Marius Drăgoi</t>
   </si>
   <si>
     <t>Andrei Mario Ivan</t>
   </si>
   <si>
     <t>Petcu Claudia</t>
   </si>
   <si>
     <t>Automatizarea sistemelor de fabricație</t>
   </si>
   <si>
     <t>PARPALĂ Lidia Florentina</t>
   </si>
   <si>
     <t>ALEXANDRU Tudor George</t>
   </si>
   <si>
+    <t>Grafică asistată de calculator 2</t>
+  </si>
+  <si>
     <t>Laurance FAKIH</t>
   </si>
   <si>
-    <t>Grafică asistată de calculator 2</t>
-[...1 lines deleted...]
-  <si>
     <t>Dinamica roboţilor</t>
   </si>
   <si>
     <t>OLARU Adrian</t>
   </si>
   <si>
     <t>10 Feb 2026</t>
   </si>
   <si>
     <t>PĂSĂRESCU Angela</t>
   </si>
   <si>
     <t>GÂRLEANU Delia</t>
   </si>
   <si>
     <t>Vlad GHEORGHITA</t>
   </si>
   <si>
     <t>Programarea mașinilor - unelte cu comandă numerică</t>
   </si>
   <si>
     <t>LAZĂR Marius-Vali</t>
   </si>
   <si>
     <t>S.l. Bogdan Jugravu, S.l. Cornel Enciu</t>
   </si>
   <si>
     <t>Bogatu Ana-Maria</t>
   </si>
   <si>
     <t>BÎȘU Claudiu</t>
   </si>
   <si>
     <t>Păsărescu Angela</t>
   </si>
   <si>
     <t>Ing. Capatana Nicolae</t>
   </si>
   <si>
     <t>Managementul calitatii</t>
   </si>
   <si>
     <t>11 Feb 2026</t>
   </si>
   <si>
+    <t>Valentin - Marius Panduru</t>
+  </si>
+  <si>
+    <t>GAVRILA Daniela Emilia</t>
+  </si>
+  <si>
     <t>Sisteme cu microprocesorare</t>
   </si>
   <si>
     <t>DOBRICA Liliana</t>
   </si>
   <si>
-    <t>Valentin - Marius Panduru</t>
-[...4 lines deleted...]
-  <si>
     <t>12 Feb 2026</t>
   </si>
   <si>
     <t>SAVESCU-NEACSU Crina</t>
   </si>
   <si>
+    <t>Oancea Emilia</t>
+  </si>
+  <si>
+    <t>BUTU Larisa</t>
+  </si>
+  <si>
     <t>Ingineria și managementul proceselor de producție 2</t>
   </si>
   <si>
     <t>Metode experimentale în ingineria mecanica</t>
   </si>
   <si>
     <t>Sisteme de alimentare, transport, transfer</t>
   </si>
   <si>
     <t>Rujinski Alexandru</t>
   </si>
   <si>
     <t>Managementul inovării și transferul tehnologic</t>
   </si>
   <si>
     <t>CICIC Dumitru-Titi</t>
   </si>
   <si>
     <t>Corneliu Rontescu</t>
   </si>
   <si>
     <t>GAVRILĂ Daniela-Emilia</t>
   </si>
   <si>
-    <t>Oancea Emilia</t>
-[...1 lines deleted...]
-  <si>
     <t>Gavrilă Daniela Emilia</t>
   </si>
   <si>
     <t>CULA Ștefan</t>
   </si>
   <si>
     <t>PASARESCU Angela</t>
   </si>
   <si>
     <t>Programarea calculatoarelor și limbaje de programare 1 / Computer Programming and Programming Languages 1</t>
   </si>
   <si>
     <t>Alexandru Firulescu</t>
   </si>
   <si>
     <t>Crina Saveascu-Neacsu</t>
   </si>
   <si>
     <t>ing. Capatana Nicolae</t>
   </si>
   <si>
     <t>Angela Pasarescu</t>
   </si>
   <si>
     <t>FAKIH Laurance</t>
   </si>
   <si>
-    <t>BUTU Larisa</t>
-[...1 lines deleted...]
-  <si>
     <t>13 Feb 2026</t>
   </si>
   <si>
     <t>Capatana Nicolae</t>
   </si>
   <si>
     <t>Alexandru-Ionut NICOLESCU</t>
   </si>
   <si>
     <t>Știința materialelor / Materials Science</t>
   </si>
   <si>
     <t>Aura Catalina Mocanu</t>
   </si>
   <si>
     <t>Dumitru Stefan</t>
   </si>
   <si>
     <t>Vlad Gheorghițǎ/ Bogdan Jugravu</t>
-  </si>
-[...1 lines deleted...]
-    <t>Sl. Vlad GHEORGHITA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -2131,51 +2164,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I418"/>
+  <dimension ref="A1:I472"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="127" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="47" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -2228,11984 +2261,13550 @@
       </c>
       <c r="I2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3">
         <v>4</v>
       </c>
       <c r="F3" t="s">
         <v>19</v>
       </c>
       <c r="G3">
-        <v>642</v>
+        <v>641</v>
       </c>
       <c r="H3"/>
       <c r="I3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="D4" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="E4">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F4" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="G4">
-        <v>611</v>
-[...3 lines deleted...]
-      </c>
+        <v>642</v>
+      </c>
+      <c r="H4"/>
       <c r="I4" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
         <v>21</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5">
         <v>1</v>
       </c>
       <c r="F5" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="G5">
         <v>611</v>
       </c>
       <c r="H5" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="I5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="E6">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="G6">
-        <v>642</v>
+        <v>611</v>
       </c>
       <c r="H6" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="I6" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="B7" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C7" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="D7" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="E7">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7">
-        <v>611</v>
+        <v>642</v>
       </c>
       <c r="H7" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="I7" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>30</v>
       </c>
       <c r="B8" t="s">
         <v>31</v>
       </c>
       <c r="C8" t="s">
         <v>32</v>
       </c>
       <c r="D8" t="s">
         <v>33</v>
       </c>
       <c r="E8">
         <v>1</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8">
-        <v>612</v>
+        <v>611</v>
       </c>
       <c r="H8" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="I8" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>30</v>
       </c>
       <c r="B9" t="s">
         <v>31</v>
       </c>
       <c r="C9" t="s">
         <v>32</v>
       </c>
       <c r="D9" t="s">
         <v>33</v>
       </c>
       <c r="E9">
         <v>1</v>
       </c>
       <c r="F9" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G9">
-        <v>614</v>
+        <v>612</v>
       </c>
       <c r="H9" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="I9" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>30</v>
       </c>
       <c r="B10" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="C10" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="E10">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F10" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="G10">
-        <v>631</v>
+        <v>614</v>
       </c>
       <c r="H10" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="I10" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>30</v>
       </c>
       <c r="B11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="C11" t="s">
+        <v>37</v>
+      </c>
+      <c r="D11" t="s">
+        <v>38</v>
+      </c>
+      <c r="E11">
+        <v>3</v>
+      </c>
+      <c r="F11" t="s">
+        <v>39</v>
+      </c>
+      <c r="G11">
+        <v>631</v>
+      </c>
+      <c r="H11" t="s">
+        <v>40</v>
+      </c>
+      <c r="I11" t="s">
         <v>41</v>
-      </c>
-[...16 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>30</v>
       </c>
-      <c r="B12">
-        <v>10</v>
+      <c r="B12" t="s">
+        <v>16</v>
       </c>
       <c r="C12" t="s">
+        <v>42</v>
+      </c>
+      <c r="D12" t="s">
+        <v>43</v>
+      </c>
+      <c r="E12">
+        <v>2</v>
+      </c>
+      <c r="F12" t="s">
+        <v>44</v>
+      </c>
+      <c r="G12">
+        <v>621</v>
+      </c>
+      <c r="H12" t="s">
+        <v>45</v>
+      </c>
+      <c r="I12" t="s">
         <v>46</v>
-      </c>
-[...16 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>30</v>
       </c>
       <c r="B13">
         <v>10</v>
       </c>
       <c r="C13" t="s">
+        <v>47</v>
+      </c>
+      <c r="D13" t="s">
+        <v>48</v>
+      </c>
+      <c r="E13">
+        <v>3</v>
+      </c>
+      <c r="F13" t="s">
+        <v>19</v>
+      </c>
+      <c r="G13">
+        <v>631</v>
+      </c>
+      <c r="H13" t="s">
+        <v>49</v>
+      </c>
+      <c r="I13" t="s">
         <v>50</v>
-      </c>
-[...14 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>30</v>
       </c>
-      <c r="B14" t="s">
-        <v>21</v>
+      <c r="B14">
+        <v>10</v>
       </c>
       <c r="C14" t="s">
+        <v>51</v>
+      </c>
+      <c r="D14" t="s">
+        <v>52</v>
+      </c>
+      <c r="E14">
+        <v>4</v>
+      </c>
+      <c r="F14" t="s">
+        <v>53</v>
+      </c>
+      <c r="G14">
+        <v>632</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14" t="s">
         <v>54</v>
-      </c>
-[...16 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>30</v>
       </c>
       <c r="B15" t="s">
         <v>21</v>
       </c>
       <c r="C15" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="D15" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="E15">
         <v>2</v>
       </c>
       <c r="F15" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="G15">
-        <v>623</v>
+        <v>621</v>
       </c>
       <c r="H15" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I15" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>30</v>
       </c>
       <c r="B16" t="s">
         <v>21</v>
       </c>
       <c r="C16" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="D16" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="E16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F16" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G16">
-        <v>631</v>
+        <v>622</v>
       </c>
       <c r="H16" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="I16" t="s">
-        <v>67</v>
+        <v>59</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>30</v>
       </c>
       <c r="B17" t="s">
         <v>21</v>
       </c>
       <c r="C17" t="s">
-        <v>68</v>
+        <v>60</v>
       </c>
       <c r="D17" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="E17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F17" t="s">
-        <v>27</v>
+        <v>62</v>
       </c>
       <c r="G17">
-        <v>631</v>
+        <v>623</v>
       </c>
       <c r="H17" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="I17" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>30</v>
       </c>
       <c r="B18" t="s">
         <v>21</v>
       </c>
       <c r="C18" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="D18" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="E18">
         <v>3</v>
       </c>
       <c r="F18" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G18">
-        <v>632</v>
+        <v>621</v>
       </c>
       <c r="H18" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="I18" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>30</v>
       </c>
       <c r="B19" t="s">
         <v>21</v>
       </c>
       <c r="C19" t="s">
-        <v>76</v>
+        <v>65</v>
       </c>
       <c r="D19" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="E19">
         <v>3</v>
       </c>
       <c r="F19" t="s">
-        <v>36</v>
+        <v>69</v>
       </c>
       <c r="G19">
-        <v>632</v>
+        <v>631</v>
       </c>
       <c r="H19" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="I19" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>30</v>
       </c>
       <c r="B20" t="s">
         <v>21</v>
       </c>
       <c r="C20" t="s">
-        <v>76</v>
+        <v>65</v>
       </c>
       <c r="D20" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="E20">
         <v>3</v>
       </c>
       <c r="F20" t="s">
-        <v>36</v>
+        <v>53</v>
       </c>
       <c r="G20">
-        <v>634</v>
+        <v>631</v>
       </c>
       <c r="H20" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="I20" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>30</v>
       </c>
       <c r="B21" t="s">
         <v>21</v>
       </c>
       <c r="C21" t="s">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="D21" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="E21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F21" t="s">
         <v>27</v>
       </c>
       <c r="G21">
-        <v>641</v>
-[...1 lines deleted...]
-      <c r="H21"/>
+        <v>631</v>
+      </c>
+      <c r="H21" t="s">
+        <v>72</v>
+      </c>
       <c r="I21" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>30</v>
       </c>
       <c r="B22" t="s">
-        <v>83</v>
+        <v>21</v>
       </c>
       <c r="C22" t="s">
-        <v>84</v>
+        <v>65</v>
       </c>
       <c r="D22" t="s">
-        <v>85</v>
+        <v>66</v>
       </c>
       <c r="E22">
         <v>3</v>
       </c>
       <c r="F22" t="s">
         <v>24</v>
       </c>
       <c r="G22">
         <v>631</v>
       </c>
-      <c r="H22"/>
+      <c r="H22" t="s">
+        <v>67</v>
+      </c>
       <c r="I22" t="s">
-        <v>86</v>
+        <v>68</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>30</v>
       </c>
       <c r="B23" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="C23" t="s">
-        <v>87</v>
+        <v>74</v>
       </c>
       <c r="D23" t="s">
-        <v>88</v>
+        <v>75</v>
       </c>
       <c r="E23">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F23" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G23">
-        <v>611</v>
+        <v>631</v>
       </c>
       <c r="H23" t="s">
-        <v>89</v>
+        <v>76</v>
       </c>
       <c r="I23" t="s">
-        <v>90</v>
+        <v>77</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>30</v>
       </c>
       <c r="B24" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="C24" t="s">
-        <v>32</v>
+        <v>65</v>
       </c>
       <c r="D24" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="E24">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F24" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="G24">
-        <v>612</v>
+        <v>631</v>
       </c>
       <c r="H24" t="s">
-        <v>34</v>
+        <v>67</v>
       </c>
       <c r="I24" t="s">
-        <v>26</v>
+        <v>68</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>30</v>
       </c>
       <c r="B25" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="C25" t="s">
-        <v>32</v>
+        <v>65</v>
       </c>
       <c r="D25" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="E25">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F25" t="s">
         <v>36</v>
       </c>
       <c r="G25">
-        <v>613</v>
+        <v>631</v>
       </c>
       <c r="H25" t="s">
-        <v>34</v>
+        <v>67</v>
       </c>
       <c r="I25" t="s">
-        <v>26</v>
+        <v>68</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>30</v>
       </c>
       <c r="B26" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="C26" t="s">
-        <v>91</v>
+        <v>65</v>
       </c>
       <c r="D26" t="s">
-        <v>92</v>
+        <v>66</v>
       </c>
       <c r="E26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F26" t="s">
-        <v>24</v>
+        <v>78</v>
       </c>
       <c r="G26">
-        <v>621</v>
-[...1 lines deleted...]
-      <c r="H26"/>
+        <v>631</v>
+      </c>
+      <c r="H26" t="s">
+        <v>67</v>
+      </c>
       <c r="I26" t="s">
-        <v>93</v>
+        <v>68</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>30</v>
       </c>
       <c r="B27" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="C27" t="s">
-        <v>91</v>
+        <v>65</v>
       </c>
       <c r="D27" t="s">
-        <v>92</v>
+        <v>66</v>
       </c>
       <c r="E27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F27" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="G27">
-        <v>621</v>
-[...1 lines deleted...]
-      <c r="H27"/>
+        <v>631</v>
+      </c>
+      <c r="H27" t="s">
+        <v>67</v>
+      </c>
       <c r="I27" t="s">
-        <v>93</v>
+        <v>68</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>30</v>
       </c>
       <c r="B28" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="C28" t="s">
-        <v>41</v>
+        <v>65</v>
       </c>
       <c r="D28" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="E28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F28" t="s">
-        <v>94</v>
+        <v>13</v>
       </c>
       <c r="G28">
-        <v>621</v>
+        <v>631</v>
       </c>
       <c r="H28" t="s">
-        <v>95</v>
+        <v>67</v>
       </c>
       <c r="I28" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>30</v>
       </c>
       <c r="B29" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="C29" t="s">
-        <v>96</v>
+        <v>65</v>
       </c>
       <c r="D29" t="s">
-        <v>97</v>
+        <v>66</v>
       </c>
       <c r="E29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F29" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="G29">
-        <v>623</v>
+        <v>631</v>
       </c>
       <c r="H29" t="s">
-        <v>98</v>
+        <v>67</v>
       </c>
       <c r="I29" t="s">
-        <v>99</v>
+        <v>68</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>30</v>
       </c>
       <c r="B30" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="C30" t="s">
-        <v>100</v>
+        <v>65</v>
       </c>
       <c r="D30" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="E30">
         <v>3</v>
       </c>
       <c r="F30" t="s">
-        <v>43</v>
+        <v>79</v>
       </c>
       <c r="G30">
-        <v>621</v>
+        <v>631</v>
       </c>
       <c r="H30" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="I30" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="C31" t="s">
-        <v>100</v>
+        <v>65</v>
       </c>
       <c r="D31" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="E31">
         <v>3</v>
       </c>
       <c r="F31" t="s">
-        <v>94</v>
+        <v>62</v>
       </c>
       <c r="G31">
         <v>631</v>
       </c>
       <c r="H31" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="I31" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>30</v>
       </c>
       <c r="B32" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="C32" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="D32" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="E32">
         <v>3</v>
       </c>
       <c r="F32" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="G32">
         <v>631</v>
       </c>
       <c r="H32" t="s">
-        <v>103</v>
+        <v>67</v>
       </c>
       <c r="I32" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>30</v>
       </c>
       <c r="B33" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="C33" t="s">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="D33" t="s">
-        <v>65</v>
+        <v>81</v>
       </c>
       <c r="E33">
         <v>3</v>
       </c>
       <c r="F33" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="G33">
         <v>632</v>
       </c>
-      <c r="H33"/>
+      <c r="H33" t="s">
+        <v>82</v>
+      </c>
       <c r="I33" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>30</v>
       </c>
-      <c r="B34">
-        <v>13.0</v>
+      <c r="B34" t="s">
+        <v>21</v>
       </c>
       <c r="C34" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="D34" t="s">
-        <v>104</v>
+        <v>66</v>
       </c>
       <c r="E34">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F34" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="G34">
-        <v>611</v>
+        <v>632</v>
       </c>
       <c r="H34" t="s">
-        <v>105</v>
+        <v>67</v>
       </c>
       <c r="I34" t="s">
-        <v>106</v>
+        <v>68</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>30</v>
       </c>
       <c r="B35" t="s">
-        <v>107</v>
+        <v>21</v>
       </c>
       <c r="C35" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="D35" t="s">
-        <v>104</v>
+        <v>66</v>
       </c>
       <c r="E35">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F35" t="s">
-        <v>94</v>
+        <v>53</v>
       </c>
       <c r="G35">
-        <v>611</v>
+        <v>632</v>
       </c>
       <c r="H35" t="s">
-        <v>108</v>
+        <v>67</v>
       </c>
       <c r="I35" t="s">
-        <v>106</v>
+        <v>68</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>30</v>
       </c>
       <c r="B36" t="s">
-        <v>107</v>
+        <v>21</v>
       </c>
       <c r="C36" t="s">
-        <v>109</v>
+        <v>65</v>
       </c>
       <c r="D36" t="s">
-        <v>110</v>
+        <v>66</v>
       </c>
       <c r="E36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F36" t="s">
-        <v>111</v>
+        <v>13</v>
       </c>
       <c r="G36">
-        <v>621</v>
+        <v>632</v>
       </c>
       <c r="H36" t="s">
-        <v>112</v>
+        <v>67</v>
       </c>
       <c r="I36" t="s">
-        <v>113</v>
+        <v>68</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>30</v>
       </c>
       <c r="B37" t="s">
-        <v>107</v>
+        <v>21</v>
       </c>
       <c r="C37" t="s">
-        <v>114</v>
+        <v>65</v>
       </c>
       <c r="D37" t="s">
-        <v>115</v>
+        <v>66</v>
       </c>
       <c r="E37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F37" t="s">
-        <v>61</v>
+        <v>19</v>
       </c>
       <c r="G37">
-        <v>641</v>
+        <v>632</v>
       </c>
       <c r="H37" t="s">
-        <v>116</v>
+        <v>67</v>
       </c>
       <c r="I37" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>30</v>
       </c>
       <c r="B38" t="s">
-        <v>107</v>
+        <v>21</v>
       </c>
       <c r="C38" t="s">
-        <v>118</v>
+        <v>65</v>
       </c>
       <c r="D38" t="s">
-        <v>119</v>
+        <v>66</v>
       </c>
       <c r="E38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F38" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="G38">
-        <v>641</v>
+        <v>632</v>
       </c>
       <c r="H38" t="s">
-        <v>120</v>
+        <v>67</v>
       </c>
       <c r="I38" t="s">
-        <v>121</v>
+        <v>68</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>30</v>
       </c>
       <c r="B39" t="s">
-        <v>107</v>
+        <v>21</v>
       </c>
       <c r="C39" t="s">
-        <v>114</v>
+        <v>84</v>
       </c>
       <c r="D39" t="s">
-        <v>115</v>
+        <v>85</v>
       </c>
       <c r="E39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F39" t="s">
-        <v>61</v>
+        <v>36</v>
       </c>
       <c r="G39">
-        <v>642</v>
+        <v>632</v>
       </c>
       <c r="H39" t="s">
-        <v>122</v>
+        <v>86</v>
       </c>
       <c r="I39" t="s">
-        <v>117</v>
+        <v>87</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>30</v>
       </c>
       <c r="B40" t="s">
-        <v>123</v>
+        <v>21</v>
       </c>
       <c r="C40" t="s">
-        <v>76</v>
+        <v>65</v>
       </c>
       <c r="D40" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="E40">
         <v>3</v>
       </c>
       <c r="F40" t="s">
-        <v>36</v>
+        <v>79</v>
       </c>
       <c r="G40">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="H40" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="I40" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>30</v>
       </c>
       <c r="B41" t="s">
-        <v>123</v>
+        <v>21</v>
       </c>
       <c r="C41" t="s">
-        <v>124</v>
+        <v>65</v>
       </c>
       <c r="D41" t="s">
-        <v>125</v>
+        <v>66</v>
       </c>
       <c r="E41">
         <v>3</v>
       </c>
       <c r="F41" t="s">
-        <v>19</v>
+        <v>62</v>
       </c>
       <c r="G41">
         <v>632</v>
       </c>
       <c r="H41" t="s">
-        <v>126</v>
+        <v>67</v>
       </c>
       <c r="I41" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>30</v>
       </c>
       <c r="B42" t="s">
-        <v>123</v>
+        <v>21</v>
       </c>
       <c r="C42" t="s">
-        <v>76</v>
+        <v>65</v>
       </c>
       <c r="D42" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="E42">
         <v>3</v>
       </c>
       <c r="F42" t="s">
-        <v>36</v>
+        <v>62</v>
       </c>
       <c r="G42">
         <v>633</v>
       </c>
       <c r="H42" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="I42" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>30</v>
       </c>
       <c r="B43" t="s">
-        <v>127</v>
+        <v>21</v>
       </c>
       <c r="C43" t="s">
-        <v>32</v>
+        <v>65</v>
       </c>
       <c r="D43" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="E43">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F43" t="s">
-        <v>128</v>
+        <v>36</v>
       </c>
       <c r="G43">
-        <v>611</v>
+        <v>633</v>
       </c>
       <c r="H43" t="s">
-        <v>129</v>
+        <v>67</v>
       </c>
       <c r="I43" t="s">
-        <v>26</v>
+        <v>68</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>30</v>
       </c>
       <c r="B44" t="s">
-        <v>127</v>
+        <v>21</v>
       </c>
       <c r="C44" t="s">
-        <v>32</v>
+        <v>65</v>
       </c>
       <c r="D44" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="E44">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F44" t="s">
-        <v>36</v>
+        <v>53</v>
       </c>
       <c r="G44">
-        <v>611</v>
+        <v>633</v>
       </c>
       <c r="H44" t="s">
-        <v>130</v>
+        <v>67</v>
       </c>
       <c r="I44" t="s">
-        <v>26</v>
+        <v>68</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>30</v>
       </c>
       <c r="B45" t="s">
-        <v>131</v>
+        <v>21</v>
       </c>
       <c r="C45" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="D45" t="s">
+        <v>85</v>
+      </c>
+      <c r="E45">
+        <v>3</v>
+      </c>
+      <c r="F45" t="s">
+        <v>36</v>
+      </c>
+      <c r="G45">
+        <v>634</v>
+      </c>
+      <c r="H45" t="s">
+        <v>86</v>
+      </c>
+      <c r="I45" t="s">
         <v>88</v>
-      </c>
-[...13 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>30</v>
       </c>
       <c r="B46" t="s">
-        <v>131</v>
+        <v>21</v>
       </c>
       <c r="C46" t="s">
-        <v>132</v>
+        <v>65</v>
       </c>
       <c r="D46" t="s">
-        <v>133</v>
+        <v>66</v>
       </c>
       <c r="E46">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F46" t="s">
-        <v>94</v>
+        <v>36</v>
       </c>
       <c r="G46">
-        <v>641</v>
+        <v>634</v>
       </c>
       <c r="H46" t="s">
-        <v>134</v>
+        <v>67</v>
       </c>
       <c r="I46" t="s">
-        <v>86</v>
+        <v>68</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>30</v>
       </c>
       <c r="B47" t="s">
-        <v>135</v>
+        <v>21</v>
       </c>
       <c r="C47" t="s">
-        <v>136</v>
+        <v>89</v>
       </c>
       <c r="D47" t="s">
-        <v>137</v>
+        <v>90</v>
       </c>
       <c r="E47">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F47" t="s">
-        <v>138</v>
+        <v>27</v>
       </c>
       <c r="G47">
-        <v>612</v>
-[...3 lines deleted...]
-      </c>
+        <v>641</v>
+      </c>
+      <c r="H47"/>
       <c r="I47" t="s">
-        <v>140</v>
+        <v>91</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>30</v>
       </c>
       <c r="B48" t="s">
-        <v>135</v>
+        <v>92</v>
       </c>
       <c r="C48" t="s">
-        <v>141</v>
+        <v>93</v>
       </c>
       <c r="D48" t="s">
-        <v>142</v>
+        <v>94</v>
       </c>
       <c r="E48">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F48" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="G48">
-        <v>623</v>
-[...3 lines deleted...]
-      </c>
+        <v>631</v>
+      </c>
+      <c r="H48"/>
       <c r="I48" t="s">
-        <v>121</v>
+        <v>95</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>30</v>
       </c>
       <c r="B49" t="s">
-        <v>135</v>
+        <v>29</v>
       </c>
       <c r="C49" t="s">
-        <v>144</v>
+        <v>96</v>
       </c>
       <c r="D49" t="s">
-        <v>110</v>
+        <v>97</v>
       </c>
       <c r="E49">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F49" t="s">
-        <v>111</v>
+        <v>57</v>
       </c>
       <c r="G49">
-        <v>641</v>
+        <v>611</v>
       </c>
       <c r="H49" t="s">
-        <v>145</v>
+        <v>98</v>
       </c>
       <c r="I49" t="s">
-        <v>113</v>
+        <v>99</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>30</v>
       </c>
       <c r="B50" t="s">
-        <v>135</v>
+        <v>29</v>
       </c>
       <c r="C50" t="s">
-        <v>118</v>
+        <v>32</v>
       </c>
       <c r="D50" t="s">
-        <v>119</v>
+        <v>33</v>
       </c>
       <c r="E50">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F50" t="s">
         <v>36</v>
       </c>
       <c r="G50">
-        <v>642</v>
+        <v>612</v>
       </c>
       <c r="H50" t="s">
-        <v>120</v>
+        <v>34</v>
       </c>
       <c r="I50" t="s">
-        <v>117</v>
+        <v>26</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>146</v>
+        <v>30</v>
       </c>
       <c r="B51" t="s">
-        <v>147</v>
+        <v>29</v>
       </c>
       <c r="C51" t="s">
-        <v>148</v>
+        <v>32</v>
       </c>
       <c r="D51" t="s">
-        <v>149</v>
+        <v>33</v>
       </c>
       <c r="E51">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F51" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="G51">
-        <v>641</v>
+        <v>613</v>
       </c>
       <c r="H51" t="s">
-        <v>150</v>
+        <v>34</v>
       </c>
       <c r="I51" t="s">
-        <v>93</v>
+        <v>26</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>146</v>
+        <v>30</v>
       </c>
       <c r="B52" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C52" t="s">
-        <v>151</v>
+        <v>100</v>
       </c>
       <c r="D52" t="s">
-        <v>152</v>
+        <v>101</v>
       </c>
       <c r="E52">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F52" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="G52">
-        <v>611</v>
-[...3 lines deleted...]
-      </c>
+        <v>621</v>
+      </c>
+      <c r="H52"/>
       <c r="I52" t="s">
-        <v>154</v>
+        <v>102</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>146</v>
+        <v>30</v>
       </c>
       <c r="B53" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C53" t="s">
-        <v>155</v>
+        <v>42</v>
       </c>
       <c r="D53" t="s">
-        <v>156</v>
+        <v>43</v>
       </c>
       <c r="E53">
         <v>2</v>
       </c>
       <c r="F53" t="s">
-        <v>13</v>
+        <v>69</v>
       </c>
       <c r="G53">
         <v>621</v>
       </c>
       <c r="H53" t="s">
-        <v>157</v>
+        <v>103</v>
       </c>
       <c r="I53" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>146</v>
+        <v>30</v>
       </c>
       <c r="B54" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C54" t="s">
-        <v>158</v>
+        <v>100</v>
       </c>
       <c r="D54" t="s">
-        <v>159</v>
+        <v>101</v>
       </c>
       <c r="E54">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F54" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="G54">
-        <v>631</v>
-[...3 lines deleted...]
-      </c>
+        <v>621</v>
+      </c>
+      <c r="H54"/>
       <c r="I54" t="s">
-        <v>26</v>
+        <v>102</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>146</v>
+        <v>30</v>
       </c>
       <c r="B55" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C55" t="s">
-        <v>161</v>
+        <v>104</v>
       </c>
       <c r="D55" t="s">
-        <v>162</v>
+        <v>105</v>
       </c>
       <c r="E55">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F55" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="G55">
-        <v>641</v>
+        <v>623</v>
       </c>
       <c r="H55" t="s">
-        <v>163</v>
+        <v>106</v>
       </c>
       <c r="I55" t="s">
-        <v>164</v>
+        <v>107</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>146</v>
+        <v>30</v>
       </c>
       <c r="B56" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="C56" t="s">
-        <v>136</v>
+        <v>108</v>
       </c>
       <c r="D56" t="s">
-        <v>137</v>
+        <v>109</v>
       </c>
       <c r="E56">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F56" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G56">
-        <v>611</v>
+        <v>621</v>
       </c>
       <c r="H56" t="s">
-        <v>165</v>
+        <v>110</v>
       </c>
       <c r="I56" t="s">
-        <v>140</v>
+        <v>15</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>146</v>
+        <v>30</v>
       </c>
       <c r="B57" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="C57" t="s">
-        <v>166</v>
+        <v>80</v>
       </c>
       <c r="D57" t="s">
-        <v>167</v>
+        <v>81</v>
       </c>
       <c r="E57">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F57" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="G57">
-        <v>641</v>
+        <v>631</v>
       </c>
       <c r="H57" t="s">
-        <v>168</v>
+        <v>111</v>
       </c>
       <c r="I57" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>146</v>
+        <v>30</v>
       </c>
       <c r="B58" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="C58" t="s">
-        <v>151</v>
+        <v>108</v>
       </c>
       <c r="D58" t="s">
-        <v>152</v>
+        <v>109</v>
       </c>
       <c r="E58">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F58" t="s">
-        <v>24</v>
+        <v>69</v>
       </c>
       <c r="G58">
-        <v>611</v>
+        <v>631</v>
       </c>
       <c r="H58" t="s">
-        <v>169</v>
+        <v>110</v>
       </c>
       <c r="I58" t="s">
-        <v>154</v>
+        <v>15</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>146</v>
+        <v>30</v>
       </c>
       <c r="B59" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="C59" t="s">
-        <v>151</v>
+        <v>74</v>
       </c>
       <c r="D59" t="s">
-        <v>152</v>
+        <v>75</v>
       </c>
       <c r="E59">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F59" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="G59">
-        <v>611</v>
-[...3 lines deleted...]
-      </c>
+        <v>632</v>
+      </c>
+      <c r="H59"/>
       <c r="I59" t="s">
-        <v>154</v>
+        <v>77</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>30</v>
+      </c>
+      <c r="B60">
+        <v>13.0</v>
       </c>
       <c r="C60" t="s">
-        <v>59</v>
+        <v>22</v>
       </c>
       <c r="D60" t="s">
-        <v>60</v>
+        <v>112</v>
       </c>
       <c r="E60">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F60" t="s">
-        <v>61</v>
+        <v>44</v>
       </c>
       <c r="G60">
-        <v>621</v>
+        <v>611</v>
       </c>
       <c r="H60" t="s">
-        <v>171</v>
+        <v>113</v>
       </c>
       <c r="I60" t="s">
-        <v>63</v>
+        <v>114</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>30</v>
+      </c>
+      <c r="B61" t="s">
+        <v>115</v>
       </c>
       <c r="C61" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="D61" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="E61">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F61" t="s">
-        <v>36</v>
+        <v>69</v>
       </c>
       <c r="G61">
-        <v>624</v>
+        <v>611</v>
       </c>
       <c r="H61" t="s">
-        <v>173</v>
+        <v>116</v>
       </c>
       <c r="I61" t="s">
-        <v>75</v>
+        <v>114</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>146</v>
+        <v>30</v>
       </c>
       <c r="B62" t="s">
-        <v>29</v>
+        <v>115</v>
       </c>
       <c r="C62" t="s">
-        <v>174</v>
+        <v>117</v>
       </c>
       <c r="D62" t="s">
-        <v>175</v>
+        <v>118</v>
       </c>
       <c r="E62">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F62" t="s">
-        <v>52</v>
+        <v>78</v>
       </c>
       <c r="G62">
-        <v>643</v>
-[...1 lines deleted...]
-      <c r="H62"/>
+        <v>621</v>
+      </c>
+      <c r="H62" t="s">
+        <v>119</v>
+      </c>
       <c r="I62" t="s">
-        <v>26</v>
+        <v>120</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>30</v>
+      </c>
+      <c r="B63" t="s">
+        <v>115</v>
       </c>
       <c r="C63" t="s">
-        <v>176</v>
+        <v>121</v>
       </c>
       <c r="D63" t="s">
-        <v>177</v>
+        <v>122</v>
       </c>
       <c r="E63">
         <v>3</v>
       </c>
       <c r="F63" t="s">
-        <v>178</v>
+        <v>44</v>
       </c>
       <c r="G63">
-        <v>631</v>
-[...1 lines deleted...]
-      <c r="H63"/>
+        <v>621</v>
+      </c>
+      <c r="H63" t="s">
+        <v>123</v>
+      </c>
       <c r="I63" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>146</v>
+        <v>30</v>
       </c>
       <c r="B64" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="C64" t="s">
-        <v>136</v>
+        <v>121</v>
       </c>
       <c r="D64" t="s">
-        <v>137</v>
+        <v>122</v>
       </c>
       <c r="E64">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F64" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="G64">
-        <v>612</v>
+        <v>631</v>
       </c>
       <c r="H64" t="s">
-        <v>139</v>
+        <v>123</v>
       </c>
       <c r="I64" t="s">
-        <v>140</v>
+        <v>68</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>146</v>
+        <v>30</v>
       </c>
       <c r="B65" t="s">
-        <v>179</v>
+        <v>115</v>
       </c>
       <c r="C65" t="s">
-        <v>172</v>
+        <v>121</v>
       </c>
       <c r="D65" t="s">
-        <v>110</v>
+        <v>122</v>
       </c>
       <c r="E65">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F65" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G65">
-        <v>622</v>
+        <v>631</v>
       </c>
       <c r="H65" t="s">
-        <v>180</v>
+        <v>123</v>
       </c>
       <c r="I65" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>146</v>
+        <v>30</v>
       </c>
       <c r="B66" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="C66" t="s">
-        <v>151</v>
+        <v>121</v>
       </c>
       <c r="D66" t="s">
-        <v>152</v>
+        <v>122</v>
       </c>
       <c r="E66">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F66" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="G66">
-        <v>611</v>
+        <v>631</v>
       </c>
       <c r="H66" t="s">
-        <v>181</v>
+        <v>123</v>
       </c>
       <c r="I66" t="s">
-        <v>154</v>
+        <v>68</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>146</v>
+        <v>30</v>
       </c>
       <c r="B67" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="C67" t="s">
-        <v>182</v>
+        <v>121</v>
       </c>
       <c r="D67" t="s">
-        <v>183</v>
+        <v>122</v>
       </c>
       <c r="E67">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F67" t="s">
-        <v>178</v>
+        <v>79</v>
       </c>
       <c r="G67">
-        <v>621</v>
+        <v>631</v>
       </c>
       <c r="H67" t="s">
-        <v>184</v>
+        <v>123</v>
       </c>
       <c r="I67" t="s">
-        <v>99</v>
+        <v>68</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>146</v>
+        <v>30</v>
       </c>
       <c r="B68" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="C68" t="s">
-        <v>176</v>
+        <v>121</v>
       </c>
       <c r="D68" t="s">
-        <v>177</v>
+        <v>122</v>
       </c>
       <c r="E68">
         <v>3</v>
       </c>
       <c r="F68" t="s">
-        <v>178</v>
+        <v>62</v>
       </c>
       <c r="G68">
-        <v>632</v>
-[...1 lines deleted...]
-      <c r="H68"/>
+        <v>631</v>
+      </c>
+      <c r="H68" t="s">
+        <v>123</v>
+      </c>
       <c r="I68" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>146</v>
+        <v>30</v>
       </c>
       <c r="B69" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="C69" t="s">
-        <v>158</v>
+        <v>121</v>
       </c>
       <c r="D69" t="s">
-        <v>159</v>
+        <v>122</v>
       </c>
       <c r="E69">
         <v>3</v>
       </c>
       <c r="F69" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="G69">
-        <v>632</v>
+        <v>631</v>
       </c>
       <c r="H69" t="s">
-        <v>185</v>
+        <v>123</v>
       </c>
       <c r="I69" t="s">
-        <v>26</v>
+        <v>68</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>146</v>
+        <v>30</v>
       </c>
       <c r="B70" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="C70" t="s">
-        <v>158</v>
+        <v>121</v>
       </c>
       <c r="D70" t="s">
-        <v>159</v>
+        <v>122</v>
       </c>
       <c r="E70">
         <v>3</v>
       </c>
       <c r="F70" t="s">
-        <v>61</v>
+        <v>69</v>
       </c>
       <c r="G70">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="H70" t="s">
-        <v>160</v>
+        <v>123</v>
       </c>
       <c r="I70" t="s">
-        <v>26</v>
+        <v>68</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>30</v>
+      </c>
+      <c r="B71" t="s">
+        <v>115</v>
       </c>
       <c r="C71" t="s">
-        <v>41</v>
+        <v>121</v>
       </c>
       <c r="D71" t="s">
-        <v>38</v>
+        <v>122</v>
       </c>
       <c r="E71">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F71" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="G71">
-        <v>622</v>
+        <v>631</v>
       </c>
       <c r="H71" t="s">
-        <v>186</v>
+        <v>123</v>
       </c>
       <c r="I71" t="s">
-        <v>20</v>
+        <v>68</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>146</v>
+        <v>30</v>
       </c>
       <c r="B72" t="s">
-        <v>135</v>
+        <v>115</v>
       </c>
       <c r="C72" t="s">
-        <v>41</v>
+        <v>121</v>
       </c>
       <c r="D72" t="s">
-        <v>38</v>
+        <v>122</v>
       </c>
       <c r="E72">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F72" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="G72">
-        <v>621</v>
+        <v>631</v>
       </c>
       <c r="H72" t="s">
-        <v>187</v>
+        <v>123</v>
       </c>
       <c r="I72" t="s">
-        <v>20</v>
+        <v>68</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>146</v>
+        <v>30</v>
       </c>
       <c r="B73" t="s">
-        <v>135</v>
+        <v>115</v>
       </c>
       <c r="C73" t="s">
-        <v>188</v>
+        <v>121</v>
       </c>
       <c r="D73" t="s">
-        <v>189</v>
+        <v>122</v>
       </c>
       <c r="E73">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F73" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="G73">
-        <v>621</v>
+        <v>631</v>
       </c>
       <c r="H73" t="s">
-        <v>190</v>
+        <v>123</v>
       </c>
       <c r="I73" t="s">
-        <v>106</v>
+        <v>68</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>146</v>
+        <v>30</v>
       </c>
       <c r="B74" t="s">
-        <v>135</v>
+        <v>115</v>
       </c>
       <c r="C74" t="s">
-        <v>172</v>
+        <v>121</v>
       </c>
       <c r="D74" t="s">
-        <v>110</v>
+        <v>122</v>
       </c>
       <c r="E74">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F74" t="s">
         <v>36</v>
       </c>
       <c r="G74">
-        <v>621</v>
+        <v>631</v>
       </c>
       <c r="H74" t="s">
-        <v>191</v>
+        <v>123</v>
       </c>
       <c r="I74" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>146</v>
+        <v>30</v>
       </c>
       <c r="B75" t="s">
-        <v>135</v>
+        <v>115</v>
       </c>
       <c r="C75" t="s">
-        <v>41</v>
+        <v>121</v>
       </c>
       <c r="D75" t="s">
-        <v>42</v>
+        <v>122</v>
       </c>
       <c r="E75">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F75" t="s">
-        <v>52</v>
+        <v>78</v>
       </c>
       <c r="G75">
-        <v>622</v>
+        <v>631</v>
       </c>
       <c r="H75" t="s">
-        <v>192</v>
+        <v>123</v>
       </c>
       <c r="I75" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>146</v>
+        <v>30</v>
       </c>
       <c r="B76" t="s">
-        <v>135</v>
+        <v>115</v>
       </c>
       <c r="C76" t="s">
-        <v>193</v>
+        <v>121</v>
       </c>
       <c r="D76" t="s">
-        <v>194</v>
+        <v>122</v>
       </c>
       <c r="E76">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F76" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="G76">
-        <v>641</v>
-[...1 lines deleted...]
-      <c r="H76"/>
+        <v>632</v>
+      </c>
+      <c r="H76" t="s">
+        <v>123</v>
+      </c>
       <c r="I76" t="s">
-        <v>20</v>
+        <v>68</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>195</v>
+        <v>30</v>
       </c>
       <c r="B77" t="s">
-        <v>31</v>
+        <v>115</v>
       </c>
       <c r="C77" t="s">
-        <v>196</v>
+        <v>121</v>
       </c>
       <c r="D77" t="s">
-        <v>197</v>
+        <v>122</v>
       </c>
       <c r="E77">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F77" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
       <c r="G77">
-        <v>621</v>
+        <v>632</v>
       </c>
       <c r="H77" t="s">
-        <v>198</v>
+        <v>123</v>
       </c>
       <c r="I77" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>195</v>
+        <v>30</v>
       </c>
       <c r="B78" t="s">
-        <v>31</v>
+        <v>115</v>
       </c>
       <c r="C78" t="s">
-        <v>161</v>
+        <v>121</v>
       </c>
       <c r="D78" t="s">
-        <v>162</v>
+        <v>122</v>
       </c>
       <c r="E78">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F78" t="s">
-        <v>43</v>
+        <v>62</v>
       </c>
       <c r="G78">
-        <v>641</v>
+        <v>632</v>
       </c>
       <c r="H78" t="s">
-        <v>163</v>
+        <v>123</v>
       </c>
       <c r="I78" t="s">
-        <v>164</v>
+        <v>68</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>195</v>
+        <v>30</v>
       </c>
       <c r="B79" t="s">
-        <v>16</v>
+        <v>115</v>
       </c>
       <c r="C79" t="s">
-        <v>199</v>
+        <v>121</v>
       </c>
       <c r="D79" t="s">
-        <v>142</v>
+        <v>122</v>
       </c>
       <c r="E79">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F79" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="G79">
-        <v>642</v>
-[...1 lines deleted...]
-      <c r="H79"/>
+        <v>632</v>
+      </c>
+      <c r="H79" t="s">
+        <v>123</v>
+      </c>
       <c r="I79" t="s">
-        <v>121</v>
+        <v>68</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>30</v>
+      </c>
+      <c r="B80" t="s">
+        <v>115</v>
       </c>
       <c r="C80" t="s">
-        <v>200</v>
+        <v>121</v>
       </c>
       <c r="D80" t="s">
-        <v>201</v>
+        <v>122</v>
       </c>
       <c r="E80">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F80" t="s">
-        <v>111</v>
+        <v>53</v>
       </c>
       <c r="G80">
-        <v>611</v>
+        <v>632</v>
       </c>
       <c r="H80" t="s">
-        <v>202</v>
+        <v>123</v>
       </c>
       <c r="I80" t="s">
-        <v>26</v>
+        <v>68</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>195</v>
+        <v>30</v>
       </c>
       <c r="B81" t="s">
-        <v>21</v>
+        <v>115</v>
       </c>
       <c r="C81" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="D81" t="s">
-        <v>203</v>
+        <v>122</v>
       </c>
       <c r="E81">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F81" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G81">
-        <v>612</v>
+        <v>632</v>
       </c>
       <c r="H81" t="s">
-        <v>204</v>
+        <v>123</v>
       </c>
       <c r="I81" t="s">
-        <v>205</v>
+        <v>68</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>195</v>
+        <v>30</v>
       </c>
       <c r="B82" t="s">
-        <v>21</v>
+        <v>115</v>
       </c>
       <c r="C82" t="s">
-        <v>59</v>
+        <v>121</v>
       </c>
       <c r="D82" t="s">
-        <v>60</v>
+        <v>122</v>
       </c>
       <c r="E82">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F82" t="s">
-        <v>61</v>
+        <v>19</v>
       </c>
       <c r="G82">
-        <v>622</v>
+        <v>632</v>
       </c>
       <c r="H82" t="s">
-        <v>206</v>
+        <v>123</v>
       </c>
       <c r="I82" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>195</v>
+        <v>30</v>
       </c>
       <c r="B83" t="s">
-        <v>21</v>
+        <v>115</v>
       </c>
       <c r="C83" t="s">
-        <v>207</v>
+        <v>121</v>
       </c>
       <c r="D83" t="s">
-        <v>208</v>
+        <v>122</v>
       </c>
       <c r="E83">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F83" t="s">
-        <v>19</v>
+        <v>62</v>
       </c>
       <c r="G83">
-        <v>642</v>
-[...1 lines deleted...]
-      <c r="H83"/>
+        <v>633</v>
+      </c>
+      <c r="H83" t="s">
+        <v>123</v>
+      </c>
       <c r="I83" t="s">
-        <v>86</v>
+        <v>68</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>30</v>
+      </c>
+      <c r="B84" t="s">
+        <v>115</v>
       </c>
       <c r="C84" t="s">
-        <v>136</v>
+        <v>121</v>
       </c>
       <c r="D84" t="s">
-        <v>137</v>
+        <v>122</v>
       </c>
       <c r="E84">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F84" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="G84">
-        <v>614</v>
+        <v>633</v>
       </c>
       <c r="H84" t="s">
-        <v>165</v>
+        <v>123</v>
       </c>
       <c r="I84" t="s">
-        <v>140</v>
+        <v>68</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>195</v>
+        <v>30</v>
       </c>
       <c r="B85" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="C85" t="s">
-        <v>209</v>
+        <v>121</v>
       </c>
       <c r="D85" t="s">
-        <v>177</v>
+        <v>122</v>
       </c>
       <c r="E85">
         <v>3</v>
       </c>
       <c r="F85" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G85">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="H85" t="s">
-        <v>210</v>
+        <v>123</v>
       </c>
       <c r="I85" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>195</v>
+        <v>30</v>
       </c>
       <c r="B86" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="C86" t="s">
-        <v>200</v>
+        <v>121</v>
       </c>
       <c r="D86" t="s">
-        <v>201</v>
+        <v>122</v>
       </c>
       <c r="E86">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F86" t="s">
-        <v>178</v>
+        <v>36</v>
       </c>
       <c r="G86">
-        <v>611</v>
+        <v>634</v>
       </c>
       <c r="H86" t="s">
-        <v>211</v>
+        <v>123</v>
       </c>
       <c r="I86" t="s">
-        <v>26</v>
+        <v>68</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>195</v>
+        <v>30</v>
       </c>
       <c r="B87" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="C87" t="s">
-        <v>209</v>
+        <v>124</v>
       </c>
       <c r="D87" t="s">
-        <v>177</v>
+        <v>125</v>
       </c>
       <c r="E87">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F87" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="G87">
-        <v>631</v>
-[...1 lines deleted...]
-      <c r="H87"/>
+        <v>641</v>
+      </c>
+      <c r="H87" t="s">
+        <v>126</v>
+      </c>
       <c r="I87" t="s">
-        <v>93</v>
+        <v>127</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>195</v>
+        <v>30</v>
       </c>
       <c r="B88" t="s">
-        <v>135</v>
+        <v>115</v>
       </c>
       <c r="C88" t="s">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="D88" t="s">
-        <v>137</v>
+        <v>129</v>
       </c>
       <c r="E88">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F88" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="G88">
-        <v>613</v>
+        <v>641</v>
       </c>
       <c r="H88" t="s">
-        <v>139</v>
+        <v>130</v>
       </c>
       <c r="I88" t="s">
-        <v>140</v>
+        <v>131</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>212</v>
+        <v>30</v>
       </c>
       <c r="B89" t="s">
-        <v>31</v>
+        <v>132</v>
       </c>
       <c r="C89" t="s">
-        <v>196</v>
+        <v>84</v>
       </c>
       <c r="D89" t="s">
-        <v>213</v>
+        <v>85</v>
       </c>
       <c r="E89">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F89" t="s">
-        <v>61</v>
+        <v>36</v>
       </c>
       <c r="G89">
-        <v>623</v>
+        <v>631</v>
       </c>
       <c r="H89" t="s">
-        <v>214</v>
+        <v>86</v>
       </c>
       <c r="I89" t="s">
-        <v>205</v>
+        <v>87</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
-        <v>212</v>
+        <v>30</v>
       </c>
       <c r="B90" t="s">
-        <v>31</v>
+        <v>132</v>
       </c>
       <c r="C90" t="s">
-        <v>215</v>
+        <v>133</v>
       </c>
       <c r="D90" t="s">
-        <v>177</v>
+        <v>134</v>
       </c>
       <c r="E90">
         <v>3</v>
       </c>
       <c r="F90" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="G90">
-        <v>621</v>
+        <v>632</v>
       </c>
       <c r="H90" t="s">
-        <v>216</v>
+        <v>135</v>
       </c>
       <c r="I90" t="s">
-        <v>106</v>
+        <v>73</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
-        <v>212</v>
+        <v>30</v>
       </c>
       <c r="B91" t="s">
-        <v>217</v>
+        <v>132</v>
       </c>
       <c r="C91" t="s">
-        <v>136</v>
+        <v>84</v>
       </c>
       <c r="D91" t="s">
-        <v>137</v>
+        <v>85</v>
       </c>
       <c r="E91">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F91" t="s">
-        <v>94</v>
+        <v>36</v>
       </c>
       <c r="G91">
-        <v>611</v>
+        <v>633</v>
       </c>
       <c r="H91" t="s">
-        <v>139</v>
+        <v>86</v>
       </c>
       <c r="I91" t="s">
-        <v>140</v>
+        <v>88</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>212</v>
+        <v>30</v>
       </c>
       <c r="B92" t="s">
-        <v>16</v>
+        <v>136</v>
       </c>
       <c r="C92" t="s">
-        <v>54</v>
+        <v>128</v>
       </c>
       <c r="D92" t="s">
-        <v>218</v>
+        <v>129</v>
       </c>
       <c r="E92">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F92" t="s">
-        <v>43</v>
+        <v>62</v>
       </c>
       <c r="G92">
-        <v>621</v>
+        <v>642</v>
       </c>
       <c r="H92" t="s">
-        <v>219</v>
+        <v>137</v>
       </c>
       <c r="I92" t="s">
-        <v>26</v>
+        <v>131</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
-        <v>212</v>
+        <v>30</v>
       </c>
       <c r="B93" t="s">
-        <v>16</v>
+        <v>138</v>
       </c>
       <c r="C93" t="s">
-        <v>220</v>
+        <v>32</v>
       </c>
       <c r="D93" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="E93">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F93" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="G93">
-        <v>621</v>
+        <v>611</v>
       </c>
       <c r="H93" t="s">
-        <v>70</v>
+        <v>139</v>
       </c>
       <c r="I93" t="s">
-        <v>82</v>
+        <v>26</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
-        <v>212</v>
+        <v>30</v>
       </c>
       <c r="B94" t="s">
-        <v>16</v>
+        <v>138</v>
       </c>
       <c r="C94" t="s">
-        <v>221</v>
+        <v>32</v>
       </c>
       <c r="D94" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="E94">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F94" t="s">
-        <v>13</v>
+        <v>140</v>
       </c>
       <c r="G94">
-        <v>632</v>
+        <v>611</v>
       </c>
       <c r="H94" t="s">
-        <v>14</v>
+        <v>141</v>
       </c>
       <c r="I94" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
-        <v>212</v>
+        <v>30</v>
       </c>
       <c r="B95" t="s">
-        <v>21</v>
+        <v>142</v>
       </c>
       <c r="C95" t="s">
-        <v>222</v>
+        <v>96</v>
       </c>
       <c r="D95" t="s">
-        <v>60</v>
+        <v>97</v>
       </c>
       <c r="E95">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F95" t="s">
-        <v>111</v>
+        <v>62</v>
       </c>
       <c r="G95">
-        <v>631</v>
+        <v>611</v>
       </c>
       <c r="H95" t="s">
-        <v>223</v>
+        <v>119</v>
       </c>
       <c r="I95" t="s">
-        <v>63</v>
+        <v>99</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
-        <v>212</v>
+        <v>30</v>
       </c>
       <c r="B96" t="s">
-        <v>21</v>
+        <v>142</v>
       </c>
       <c r="C96" t="s">
-        <v>224</v>
+        <v>143</v>
       </c>
       <c r="D96" t="s">
-        <v>225</v>
+        <v>144</v>
       </c>
       <c r="E96">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F96" t="s">
-        <v>27</v>
+        <v>69</v>
       </c>
       <c r="G96">
-        <v>631</v>
-[...1 lines deleted...]
-      <c r="H96"/>
+        <v>641</v>
+      </c>
+      <c r="H96" t="s">
+        <v>145</v>
+      </c>
       <c r="I96" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
-        <v>212</v>
+        <v>30</v>
       </c>
       <c r="B97" t="s">
-        <v>83</v>
+        <v>146</v>
       </c>
       <c r="C97" t="s">
-        <v>226</v>
+        <v>147</v>
       </c>
       <c r="D97" t="s">
-        <v>227</v>
+        <v>148</v>
       </c>
       <c r="E97">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F97" t="s">
-        <v>36</v>
+        <v>149</v>
       </c>
       <c r="G97">
-        <v>632</v>
-[...1 lines deleted...]
-      <c r="H97"/>
+        <v>612</v>
+      </c>
+      <c r="H97" t="s">
+        <v>150</v>
+      </c>
       <c r="I97" t="s">
-        <v>79</v>
+        <v>151</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>30</v>
+      </c>
+      <c r="B98" t="s">
+        <v>146</v>
       </c>
       <c r="C98" t="s">
-        <v>228</v>
+        <v>152</v>
       </c>
       <c r="D98" t="s">
-        <v>229</v>
+        <v>153</v>
       </c>
       <c r="E98">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F98" t="s">
         <v>13</v>
       </c>
       <c r="G98">
-        <v>611</v>
+        <v>623</v>
       </c>
       <c r="H98" t="s">
-        <v>230</v>
+        <v>63</v>
       </c>
       <c r="I98" t="s">
-        <v>26</v>
+        <v>127</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-        <v>12.0</v>
+        <v>30</v>
+      </c>
+      <c r="B99" t="s">
+        <v>146</v>
       </c>
       <c r="C99" t="s">
-        <v>231</v>
+        <v>154</v>
       </c>
       <c r="D99" t="s">
-        <v>232</v>
+        <v>118</v>
       </c>
       <c r="E99">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F99" t="s">
-        <v>39</v>
+        <v>78</v>
       </c>
       <c r="G99">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="H99" t="s">
-        <v>233</v>
+        <v>155</v>
       </c>
       <c r="I99" t="s">
-        <v>20</v>
+        <v>120</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
-        <v>212</v>
+        <v>30</v>
       </c>
       <c r="B100" t="s">
-        <v>29</v>
+        <v>146</v>
       </c>
       <c r="C100" t="s">
-        <v>151</v>
+        <v>124</v>
       </c>
       <c r="D100" t="s">
-        <v>73</v>
+        <v>125</v>
       </c>
       <c r="E100">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F100" t="s">
         <v>36</v>
       </c>
       <c r="G100">
-        <v>612</v>
+        <v>642</v>
       </c>
       <c r="H100" t="s">
-        <v>234</v>
+        <v>126</v>
       </c>
       <c r="I100" t="s">
-        <v>75</v>
+        <v>131</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
-        <v>212</v>
+        <v>156</v>
       </c>
       <c r="B101" t="s">
-        <v>29</v>
+        <v>157</v>
       </c>
       <c r="C101" t="s">
-        <v>228</v>
+        <v>158</v>
       </c>
       <c r="D101" t="s">
-        <v>229</v>
+        <v>159</v>
       </c>
       <c r="E101">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F101" t="s">
         <v>13</v>
       </c>
       <c r="G101">
-        <v>612</v>
+        <v>641</v>
       </c>
       <c r="H101" t="s">
-        <v>235</v>
+        <v>160</v>
       </c>
       <c r="I101" t="s">
-        <v>26</v>
+        <v>102</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
-        <v>212</v>
+        <v>156</v>
       </c>
       <c r="B102" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C102" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="D102" t="s">
-        <v>73</v>
+        <v>162</v>
       </c>
       <c r="E102">
         <v>1</v>
       </c>
       <c r="F102" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="G102">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="H102" t="s">
-        <v>78</v>
+        <v>163</v>
       </c>
       <c r="I102" t="s">
-        <v>75</v>
+        <v>164</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
-        <v>212</v>
+        <v>156</v>
       </c>
       <c r="B103" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C103" t="s">
-        <v>188</v>
+        <v>165</v>
       </c>
       <c r="D103" t="s">
-        <v>189</v>
+        <v>166</v>
       </c>
       <c r="E103">
         <v>2</v>
       </c>
       <c r="F103" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="G103">
         <v>621</v>
       </c>
       <c r="H103" t="s">
-        <v>190</v>
+        <v>167</v>
       </c>
       <c r="I103" t="s">
-        <v>106</v>
+        <v>15</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
-        <v>212</v>
+        <v>156</v>
       </c>
       <c r="B104" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C104" t="s">
-        <v>236</v>
+        <v>168</v>
       </c>
       <c r="D104" t="s">
-        <v>92</v>
+        <v>169</v>
       </c>
       <c r="E104">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F104" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="G104">
-        <v>621</v>
+        <v>631</v>
       </c>
       <c r="H104" t="s">
-        <v>237</v>
+        <v>170</v>
       </c>
       <c r="I104" t="s">
-        <v>93</v>
+        <v>26</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
-        <v>212</v>
+        <v>156</v>
       </c>
       <c r="B105" t="s">
-        <v>107</v>
+        <v>31</v>
       </c>
       <c r="C105" t="s">
-        <v>136</v>
+        <v>171</v>
       </c>
       <c r="D105" t="s">
-        <v>137</v>
+        <v>172</v>
       </c>
       <c r="E105">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F105" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="G105">
-        <v>611</v>
+        <v>641</v>
       </c>
       <c r="H105" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="I105" t="s">
-        <v>140</v>
+        <v>174</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
-        <v>212</v>
+        <v>156</v>
       </c>
       <c r="B106" t="s">
-        <v>107</v>
+        <v>16</v>
       </c>
       <c r="C106" t="s">
-        <v>226</v>
+        <v>147</v>
       </c>
       <c r="D106" t="s">
-        <v>227</v>
+        <v>148</v>
       </c>
       <c r="E106">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F106" t="s">
-        <v>36</v>
+        <v>53</v>
       </c>
       <c r="G106">
-        <v>631</v>
-[...1 lines deleted...]
-      <c r="H106"/>
+        <v>611</v>
+      </c>
+      <c r="H106" t="s">
+        <v>175</v>
+      </c>
       <c r="I106" t="s">
-        <v>79</v>
+        <v>151</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
-        <v>212</v>
+        <v>156</v>
       </c>
       <c r="B107" t="s">
-        <v>107</v>
+        <v>16</v>
       </c>
       <c r="C107" t="s">
-        <v>209</v>
+        <v>176</v>
       </c>
       <c r="D107" t="s">
         <v>177</v>
       </c>
       <c r="E107">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F107" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="G107">
-        <v>633</v>
-[...1 lines deleted...]
-      <c r="H107"/>
+        <v>641</v>
+      </c>
+      <c r="H107" t="s">
+        <v>178</v>
+      </c>
       <c r="I107" t="s">
-        <v>15</v>
+        <v>95</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
-        <v>212</v>
+        <v>156</v>
       </c>
       <c r="B108" t="s">
-        <v>123</v>
+        <v>21</v>
       </c>
       <c r="C108" t="s">
-        <v>238</v>
+        <v>161</v>
       </c>
       <c r="D108" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="E108">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F108" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="G108">
-        <v>632</v>
+        <v>611</v>
       </c>
       <c r="H108" t="s">
-        <v>239</v>
+        <v>179</v>
       </c>
       <c r="I108" t="s">
-        <v>86</v>
+        <v>164</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
-        <v>212</v>
+        <v>156</v>
       </c>
       <c r="B109" t="s">
-        <v>179</v>
+        <v>21</v>
       </c>
       <c r="C109" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="D109" t="s">
-        <v>227</v>
+        <v>162</v>
       </c>
       <c r="E109">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F109" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="G109">
-        <v>633</v>
-[...1 lines deleted...]
-      <c r="H109"/>
+        <v>611</v>
+      </c>
+      <c r="H109" t="s">
+        <v>180</v>
+      </c>
       <c r="I109" t="s">
-        <v>79</v>
+        <v>164</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-        <v>8.0</v>
+        <v>156</v>
+      </c>
+      <c r="B110" t="s">
+        <v>21</v>
       </c>
       <c r="C110" t="s">
-        <v>87</v>
+        <v>60</v>
       </c>
       <c r="D110" t="s">
-        <v>240</v>
+        <v>61</v>
       </c>
       <c r="E110">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F110" t="s">
-        <v>43</v>
+        <v>62</v>
       </c>
       <c r="G110">
-        <v>611</v>
+        <v>621</v>
       </c>
       <c r="H110" t="s">
-        <v>216</v>
+        <v>181</v>
       </c>
       <c r="I110" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-        <v>131</v>
+        <v>156</v>
+      </c>
+      <c r="B111">
+        <v>12</v>
       </c>
       <c r="C111" t="s">
-        <v>155</v>
+        <v>182</v>
       </c>
       <c r="D111" t="s">
-        <v>156</v>
+        <v>118</v>
       </c>
       <c r="E111">
         <v>2</v>
       </c>
       <c r="F111" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="G111">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="H111" t="s">
-        <v>241</v>
+        <v>183</v>
       </c>
       <c r="I111" t="s">
-        <v>15</v>
+        <v>83</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
-        <v>212</v>
+        <v>156</v>
       </c>
       <c r="B112" t="s">
-        <v>131</v>
+        <v>29</v>
       </c>
       <c r="C112" t="s">
-        <v>242</v>
+        <v>184</v>
       </c>
       <c r="D112" t="s">
-        <v>243</v>
+        <v>185</v>
       </c>
       <c r="E112">
         <v>4</v>
       </c>
       <c r="F112" t="s">
-        <v>94</v>
+        <v>53</v>
       </c>
       <c r="G112">
-        <v>641</v>
-[...3 lines deleted...]
-      </c>
+        <v>643</v>
+      </c>
+      <c r="H112"/>
       <c r="I112" t="s">
-        <v>245</v>
+        <v>26</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>156</v>
+      </c>
+      <c r="B113">
+        <v>13</v>
       </c>
       <c r="C113" t="s">
-        <v>54</v>
+        <v>186</v>
       </c>
       <c r="D113" t="s">
-        <v>218</v>
+        <v>187</v>
       </c>
       <c r="E113">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F113" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
       <c r="G113">
-        <v>623</v>
-[...3 lines deleted...]
-      </c>
+        <v>631</v>
+      </c>
+      <c r="H113"/>
       <c r="I113" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" t="s">
-        <v>212</v>
+        <v>156</v>
       </c>
       <c r="B114" t="s">
-        <v>135</v>
+        <v>115</v>
       </c>
       <c r="C114" t="s">
-        <v>246</v>
+        <v>147</v>
       </c>
       <c r="D114" t="s">
-        <v>247</v>
+        <v>148</v>
       </c>
       <c r="E114">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F114" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="G114">
-        <v>631</v>
+        <v>612</v>
       </c>
       <c r="H114" t="s">
-        <v>248</v>
+        <v>150</v>
       </c>
       <c r="I114" t="s">
-        <v>249</v>
+        <v>151</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" t="s">
-        <v>212</v>
+        <v>156</v>
       </c>
       <c r="B115" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C115" t="s">
-        <v>226</v>
+        <v>182</v>
       </c>
       <c r="D115" t="s">
-        <v>227</v>
+        <v>118</v>
       </c>
       <c r="E115">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F115" t="s">
         <v>36</v>
       </c>
       <c r="G115">
-        <v>634</v>
-[...1 lines deleted...]
-      <c r="H115"/>
+        <v>622</v>
+      </c>
+      <c r="H115" t="s">
+        <v>188</v>
+      </c>
       <c r="I115" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" t="s">
-        <v>250</v>
+        <v>156</v>
       </c>
       <c r="B116" t="s">
-        <v>31</v>
+        <v>142</v>
       </c>
       <c r="C116" t="s">
-        <v>96</v>
+        <v>161</v>
       </c>
       <c r="D116" t="s">
-        <v>97</v>
+        <v>162</v>
       </c>
       <c r="E116">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F116" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="G116">
-        <v>622</v>
+        <v>611</v>
       </c>
       <c r="H116" t="s">
-        <v>251</v>
+        <v>189</v>
       </c>
       <c r="I116" t="s">
-        <v>99</v>
+        <v>164</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
-        <v>250</v>
+        <v>156</v>
       </c>
       <c r="B117" t="s">
-        <v>31</v>
+        <v>142</v>
       </c>
       <c r="C117" t="s">
-        <v>155</v>
+        <v>190</v>
       </c>
       <c r="D117" t="s">
-        <v>156</v>
+        <v>191</v>
       </c>
       <c r="E117">
         <v>2</v>
       </c>
       <c r="F117" t="s">
-        <v>13</v>
+        <v>79</v>
       </c>
       <c r="G117">
-        <v>623</v>
-[...1 lines deleted...]
-      <c r="H117"/>
+        <v>621</v>
+      </c>
+      <c r="H117" t="s">
+        <v>192</v>
+      </c>
       <c r="I117" t="s">
-        <v>67</v>
+        <v>107</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
-        <v>250</v>
+        <v>156</v>
       </c>
       <c r="B118" t="s">
-        <v>10</v>
+        <v>142</v>
       </c>
       <c r="C118" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="D118" t="s">
-        <v>142</v>
+        <v>187</v>
       </c>
       <c r="E118">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F118" t="s">
-        <v>13</v>
+        <v>79</v>
       </c>
       <c r="G118">
-        <v>641</v>
-[...3 lines deleted...]
-      </c>
+        <v>632</v>
+      </c>
+      <c r="H118"/>
       <c r="I118" t="s">
-        <v>121</v>
+        <v>131</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
-        <v>250</v>
+        <v>156</v>
       </c>
       <c r="B119" t="s">
-        <v>16</v>
+        <v>142</v>
       </c>
       <c r="C119" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="D119" t="s">
-        <v>110</v>
+        <v>169</v>
       </c>
       <c r="E119">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F119" t="s">
-        <v>36</v>
+        <v>62</v>
       </c>
       <c r="G119">
-        <v>623</v>
+        <v>632</v>
       </c>
       <c r="H119" t="s">
-        <v>253</v>
+        <v>193</v>
       </c>
       <c r="I119" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
-        <v>250</v>
+        <v>156</v>
       </c>
       <c r="B120" t="s">
-        <v>16</v>
+        <v>142</v>
       </c>
       <c r="C120" t="s">
-        <v>254</v>
+        <v>168</v>
       </c>
       <c r="D120" t="s">
-        <v>189</v>
+        <v>169</v>
       </c>
       <c r="E120">
         <v>3</v>
       </c>
       <c r="F120" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="G120">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="H120" t="s">
-        <v>190</v>
+        <v>170</v>
       </c>
       <c r="I120" t="s">
-        <v>255</v>
+        <v>26</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>156</v>
+      </c>
+      <c r="B121">
+        <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>256</v>
+        <v>42</v>
       </c>
       <c r="D121" t="s">
-        <v>208</v>
+        <v>38</v>
       </c>
       <c r="E121">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F121" t="s">
         <v>19</v>
       </c>
       <c r="G121">
-        <v>632</v>
+        <v>622</v>
       </c>
       <c r="H121" t="s">
-        <v>257</v>
+        <v>194</v>
       </c>
       <c r="I121" t="s">
-        <v>258</v>
+        <v>41</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
-        <v>250</v>
+        <v>156</v>
       </c>
       <c r="B122" t="s">
-        <v>16</v>
+        <v>146</v>
       </c>
       <c r="C122" t="s">
-        <v>259</v>
+        <v>195</v>
       </c>
       <c r="D122" t="s">
-        <v>260</v>
+        <v>196</v>
       </c>
       <c r="E122">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F122" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="G122">
-        <v>641</v>
+        <v>621</v>
       </c>
       <c r="H122" t="s">
-        <v>261</v>
+        <v>197</v>
       </c>
       <c r="I122" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
-        <v>250</v>
+        <v>156</v>
       </c>
       <c r="B123" t="s">
-        <v>16</v>
+        <v>146</v>
       </c>
       <c r="C123" t="s">
-        <v>262</v>
+        <v>42</v>
       </c>
       <c r="D123" t="s">
-        <v>73</v>
+        <v>38</v>
       </c>
       <c r="E123">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F123" t="s">
-        <v>61</v>
+        <v>19</v>
       </c>
       <c r="G123">
-        <v>642</v>
+        <v>621</v>
       </c>
       <c r="H123" t="s">
-        <v>263</v>
+        <v>198</v>
       </c>
       <c r="I123" t="s">
-        <v>79</v>
+        <v>41</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
-        <v>250</v>
+        <v>156</v>
       </c>
       <c r="B124" t="s">
-        <v>21</v>
+        <v>146</v>
       </c>
       <c r="C124" t="s">
-        <v>96</v>
+        <v>182</v>
       </c>
       <c r="D124" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="E124">
         <v>2</v>
       </c>
       <c r="F124" t="s">
         <v>36</v>
       </c>
       <c r="G124">
         <v>621</v>
       </c>
       <c r="H124" t="s">
-        <v>264</v>
+        <v>199</v>
       </c>
       <c r="I124" t="s">
-        <v>99</v>
+        <v>83</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
-        <v>250</v>
+        <v>156</v>
       </c>
       <c r="B125" t="s">
-        <v>21</v>
+        <v>146</v>
       </c>
       <c r="C125" t="s">
-        <v>265</v>
+        <v>42</v>
       </c>
       <c r="D125" t="s">
-        <v>266</v>
+        <v>43</v>
       </c>
       <c r="E125">
         <v>2</v>
       </c>
       <c r="F125" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="G125">
-        <v>621</v>
-[...1 lines deleted...]
-      <c r="H125"/>
+        <v>622</v>
+      </c>
+      <c r="H125" t="s">
+        <v>200</v>
+      </c>
       <c r="I125" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
-        <v>250</v>
+        <v>156</v>
       </c>
       <c r="B126" t="s">
-        <v>21</v>
+        <v>146</v>
       </c>
       <c r="C126" t="s">
-        <v>267</v>
+        <v>201</v>
       </c>
       <c r="D126" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="E126">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F126" t="s">
-        <v>111</v>
+        <v>39</v>
       </c>
       <c r="G126">
-        <v>621</v>
-[...3 lines deleted...]
-      </c>
+        <v>641</v>
+      </c>
+      <c r="H126"/>
       <c r="I126" t="s">
-        <v>205</v>
+        <v>41</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
-        <v>250</v>
+        <v>203</v>
       </c>
       <c r="B127" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="C127" t="s">
-        <v>269</v>
+        <v>204</v>
       </c>
       <c r="D127" t="s">
-        <v>69</v>
+        <v>205</v>
       </c>
       <c r="E127">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F127" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="G127">
-        <v>641</v>
+        <v>621</v>
       </c>
       <c r="H127" t="s">
-        <v>270</v>
+        <v>206</v>
       </c>
       <c r="I127" t="s">
-        <v>82</v>
+        <v>15</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
-        <v>250</v>
+        <v>203</v>
       </c>
       <c r="B128" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="C128" t="s">
-        <v>80</v>
+        <v>171</v>
       </c>
       <c r="D128" t="s">
-        <v>81</v>
+        <v>172</v>
       </c>
       <c r="E128">
         <v>4</v>
       </c>
       <c r="F128" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="G128">
         <v>641</v>
       </c>
-      <c r="H128"/>
+      <c r="H128" t="s">
+        <v>173</v>
+      </c>
       <c r="I128" t="s">
-        <v>82</v>
+        <v>174</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
-        <v>250</v>
+        <v>203</v>
       </c>
       <c r="B129" t="s">
-        <v>83</v>
+        <v>16</v>
       </c>
       <c r="C129" t="s">
-        <v>271</v>
+        <v>207</v>
       </c>
       <c r="D129" t="s">
-        <v>272</v>
+        <v>208</v>
       </c>
       <c r="E129">
         <v>4</v>
       </c>
       <c r="F129" t="s">
-        <v>52</v>
+        <v>19</v>
       </c>
       <c r="G129">
         <v>641</v>
       </c>
-      <c r="H129" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H129"/>
       <c r="I129" t="s">
-        <v>274</v>
+        <v>209</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
-        <v>250</v>
+        <v>203</v>
       </c>
       <c r="B130" t="s">
-        <v>83</v>
+        <v>16</v>
       </c>
       <c r="C130" t="s">
-        <v>271</v>
+        <v>210</v>
       </c>
       <c r="D130" t="s">
-        <v>272</v>
+        <v>153</v>
       </c>
       <c r="E130">
         <v>4</v>
       </c>
       <c r="F130" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="G130">
-        <v>643</v>
+        <v>642</v>
       </c>
       <c r="H130" t="s">
-        <v>273</v>
+        <v>211</v>
       </c>
       <c r="I130" t="s">
-        <v>274</v>
+        <v>127</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>203</v>
+      </c>
+      <c r="B131">
+        <v>10</v>
       </c>
       <c r="C131" t="s">
-        <v>91</v>
+        <v>212</v>
       </c>
       <c r="D131" t="s">
-        <v>92</v>
+        <v>213</v>
       </c>
       <c r="E131">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F131" t="s">
-        <v>39</v>
+        <v>78</v>
       </c>
       <c r="G131">
-        <v>621</v>
+        <v>611</v>
       </c>
       <c r="H131" t="s">
-        <v>275</v>
+        <v>214</v>
       </c>
       <c r="I131" t="s">
-        <v>93</v>
+        <v>26</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" t="s">
-        <v>250</v>
+        <v>203</v>
       </c>
       <c r="B132" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="C132" t="s">
-        <v>276</v>
+        <v>32</v>
       </c>
       <c r="D132" t="s">
-        <v>277</v>
+        <v>215</v>
       </c>
       <c r="E132">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F132" t="s">
-        <v>94</v>
+        <v>62</v>
       </c>
       <c r="G132">
-        <v>631</v>
+        <v>612</v>
       </c>
       <c r="H132" t="s">
-        <v>278</v>
+        <v>216</v>
       </c>
       <c r="I132" t="s">
-        <v>274</v>
+        <v>68</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" t="s">
-        <v>250</v>
+        <v>203</v>
       </c>
       <c r="B133" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="C133" t="s">
-        <v>279</v>
+        <v>60</v>
       </c>
       <c r="D133" t="s">
-        <v>280</v>
+        <v>61</v>
       </c>
       <c r="E133">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F133" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G133">
-        <v>633</v>
+        <v>622</v>
       </c>
       <c r="H133" t="s">
-        <v>281</v>
+        <v>217</v>
       </c>
       <c r="I133" t="s">
-        <v>121</v>
+        <v>64</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>203</v>
+      </c>
+      <c r="B134" t="s">
+        <v>21</v>
       </c>
       <c r="C134" t="s">
-        <v>282</v>
+        <v>207</v>
       </c>
       <c r="D134" t="s">
-        <v>162</v>
+        <v>208</v>
       </c>
       <c r="E134">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F134" t="s">
-        <v>178</v>
+        <v>19</v>
       </c>
       <c r="G134">
-        <v>631</v>
-[...3 lines deleted...]
-      </c>
+        <v>642</v>
+      </c>
+      <c r="H134"/>
       <c r="I134" t="s">
-        <v>164</v>
+        <v>209</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-        <v>107</v>
+        <v>203</v>
+      </c>
+      <c r="B135">
+        <v>13</v>
       </c>
       <c r="C135" t="s">
-        <v>136</v>
+        <v>147</v>
       </c>
       <c r="D135" t="s">
-        <v>284</v>
+        <v>148</v>
       </c>
       <c r="E135">
         <v>1</v>
       </c>
       <c r="F135" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="G135">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="H135" t="s">
-        <v>285</v>
+        <v>175</v>
       </c>
       <c r="I135" t="s">
-        <v>286</v>
+        <v>151</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" t="s">
-        <v>250</v>
+        <v>203</v>
       </c>
       <c r="B136" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="C136" t="s">
-        <v>262</v>
+        <v>218</v>
       </c>
       <c r="D136" t="s">
-        <v>73</v>
+        <v>187</v>
       </c>
       <c r="E136">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F136" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="G136">
-        <v>641</v>
+        <v>632</v>
       </c>
       <c r="H136" t="s">
-        <v>103</v>
+        <v>219</v>
       </c>
       <c r="I136" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" t="s">
-        <v>250</v>
+        <v>203</v>
       </c>
       <c r="B137" t="s">
-        <v>179</v>
+        <v>142</v>
       </c>
       <c r="C137" t="s">
-        <v>151</v>
+        <v>212</v>
       </c>
       <c r="D137" t="s">
-        <v>287</v>
+        <v>213</v>
       </c>
       <c r="E137">
         <v>1</v>
       </c>
       <c r="F137" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
       <c r="G137">
         <v>611</v>
       </c>
       <c r="H137" t="s">
-        <v>288</v>
+        <v>220</v>
       </c>
       <c r="I137" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" t="s">
-        <v>250</v>
+        <v>203</v>
       </c>
       <c r="B138" t="s">
-        <v>289</v>
+        <v>142</v>
       </c>
       <c r="C138" t="s">
-        <v>151</v>
+        <v>218</v>
       </c>
       <c r="D138" t="s">
-        <v>287</v>
+        <v>187</v>
       </c>
       <c r="E138">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F138" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G138">
-        <v>612</v>
-[...3 lines deleted...]
-      </c>
+        <v>631</v>
+      </c>
+      <c r="H138"/>
       <c r="I138" t="s">
-        <v>45</v>
+        <v>102</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" t="s">
-        <v>250</v>
+        <v>203</v>
       </c>
       <c r="B139" t="s">
-        <v>131</v>
+        <v>146</v>
       </c>
       <c r="C139" t="s">
-        <v>87</v>
+        <v>147</v>
       </c>
       <c r="D139" t="s">
-        <v>88</v>
+        <v>148</v>
       </c>
       <c r="E139">
         <v>1</v>
       </c>
       <c r="F139" t="s">
-        <v>138</v>
+        <v>53</v>
       </c>
       <c r="G139">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="H139" t="s">
-        <v>291</v>
+        <v>150</v>
       </c>
       <c r="I139" t="s">
-        <v>90</v>
+        <v>151</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" t="s">
-        <v>250</v>
+        <v>221</v>
       </c>
       <c r="B140" t="s">
-        <v>131</v>
+        <v>31</v>
       </c>
       <c r="C140" t="s">
-        <v>292</v>
+        <v>204</v>
       </c>
       <c r="D140" t="s">
-        <v>197</v>
+        <v>222</v>
       </c>
       <c r="E140">
         <v>2</v>
       </c>
       <c r="F140" t="s">
-        <v>178</v>
+        <v>62</v>
       </c>
       <c r="G140">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="H140" t="s">
-        <v>293</v>
+        <v>223</v>
       </c>
       <c r="I140" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" t="s">
-        <v>250</v>
+        <v>221</v>
       </c>
       <c r="B141" t="s">
-        <v>131</v>
+        <v>31</v>
       </c>
       <c r="C141" t="s">
-        <v>91</v>
+        <v>224</v>
       </c>
       <c r="D141" t="s">
-        <v>92</v>
+        <v>187</v>
       </c>
       <c r="E141">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F141" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="G141">
         <v>621</v>
       </c>
       <c r="H141" t="s">
-        <v>275</v>
+        <v>225</v>
       </c>
       <c r="I141" t="s">
-        <v>93</v>
+        <v>59</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" t="s">
-        <v>250</v>
+        <v>221</v>
       </c>
       <c r="B142" t="s">
-        <v>131</v>
+        <v>226</v>
       </c>
       <c r="C142" t="s">
-        <v>182</v>
+        <v>147</v>
       </c>
       <c r="D142" t="s">
-        <v>183</v>
+        <v>148</v>
       </c>
       <c r="E142">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F142" t="s">
-        <v>178</v>
+        <v>69</v>
       </c>
       <c r="G142">
-        <v>622</v>
+        <v>611</v>
       </c>
       <c r="H142" t="s">
-        <v>294</v>
+        <v>150</v>
       </c>
       <c r="I142" t="s">
-        <v>93</v>
+        <v>151</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" t="s">
-        <v>250</v>
+        <v>221</v>
       </c>
       <c r="B143" t="s">
-        <v>131</v>
+        <v>16</v>
       </c>
       <c r="C143" t="s">
-        <v>91</v>
+        <v>227</v>
       </c>
       <c r="D143" t="s">
-        <v>92</v>
+        <v>71</v>
       </c>
       <c r="E143">
         <v>2</v>
       </c>
       <c r="F143" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="G143">
-        <v>622</v>
+        <v>621</v>
       </c>
       <c r="H143" t="s">
-        <v>275</v>
+        <v>72</v>
       </c>
       <c r="I143" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" t="s">
-        <v>250</v>
+        <v>221</v>
       </c>
       <c r="B144" t="s">
-        <v>131</v>
+        <v>16</v>
       </c>
       <c r="C144" t="s">
-        <v>96</v>
+        <v>55</v>
       </c>
       <c r="D144" t="s">
-        <v>97</v>
+        <v>228</v>
       </c>
       <c r="E144">
         <v>2</v>
       </c>
       <c r="F144" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="G144">
-        <v>624</v>
+        <v>621</v>
       </c>
       <c r="H144" t="s">
-        <v>295</v>
+        <v>229</v>
       </c>
       <c r="I144" t="s">
-        <v>99</v>
+        <v>26</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" t="s">
-        <v>250</v>
+        <v>221</v>
       </c>
       <c r="B145" t="s">
-        <v>131</v>
+        <v>16</v>
       </c>
       <c r="C145" t="s">
-        <v>296</v>
+        <v>230</v>
       </c>
       <c r="D145" t="s">
-        <v>243</v>
+        <v>12</v>
       </c>
       <c r="E145">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F145" t="s">
-        <v>111</v>
+        <v>13</v>
       </c>
       <c r="G145">
-        <v>641</v>
+        <v>632</v>
       </c>
       <c r="H145" t="s">
-        <v>244</v>
+        <v>14</v>
       </c>
       <c r="I145" t="s">
-        <v>245</v>
+        <v>127</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>221</v>
+      </c>
+      <c r="B146" t="s">
+        <v>21</v>
       </c>
       <c r="C146" t="s">
-        <v>256</v>
+        <v>161</v>
       </c>
       <c r="D146" t="s">
-        <v>208</v>
+        <v>81</v>
       </c>
       <c r="E146">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F146" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="G146">
-        <v>631</v>
+        <v>612</v>
       </c>
       <c r="H146" t="s">
-        <v>297</v>
+        <v>231</v>
       </c>
       <c r="I146" t="s">
-        <v>58</v>
+        <v>232</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" t="s">
-        <v>250</v>
+        <v>221</v>
       </c>
       <c r="B147" t="s">
-        <v>135</v>
+        <v>21</v>
       </c>
       <c r="C147" t="s">
-        <v>22</v>
+        <v>233</v>
       </c>
       <c r="D147" t="s">
-        <v>23</v>
+        <v>234</v>
       </c>
       <c r="E147">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F147" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="G147">
-        <v>611</v>
-[...3 lines deleted...]
-      </c>
+        <v>631</v>
+      </c>
+      <c r="H147"/>
       <c r="I147" t="s">
-        <v>106</v>
+        <v>73</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" t="s">
-        <v>250</v>
+        <v>221</v>
       </c>
       <c r="B148" t="s">
-        <v>135</v>
+        <v>21</v>
       </c>
       <c r="C148" t="s">
-        <v>54</v>
+        <v>235</v>
       </c>
       <c r="D148" t="s">
-        <v>218</v>
+        <v>61</v>
       </c>
       <c r="E148">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F148" t="s">
-        <v>52</v>
+        <v>78</v>
       </c>
       <c r="G148">
-        <v>622</v>
+        <v>631</v>
       </c>
       <c r="H148" t="s">
-        <v>299</v>
+        <v>236</v>
       </c>
       <c r="I148" t="s">
-        <v>26</v>
+        <v>64</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" t="s">
-        <v>250</v>
+        <v>221</v>
       </c>
       <c r="B149" t="s">
-        <v>135</v>
+        <v>92</v>
       </c>
       <c r="C149" t="s">
+        <v>237</v>
+      </c>
+      <c r="D149" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="E149">
         <v>3</v>
       </c>
       <c r="F149" t="s">
-        <v>56</v>
+        <v>36</v>
       </c>
       <c r="G149">
-        <v>631</v>
-[...3 lines deleted...]
-      </c>
+        <v>632</v>
+      </c>
+      <c r="H149"/>
       <c r="I149" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>221</v>
+      </c>
+      <c r="B150">
+        <v>12</v>
       </c>
       <c r="C150" t="s">
-        <v>271</v>
+        <v>239</v>
       </c>
       <c r="D150" t="s">
-        <v>272</v>
+        <v>240</v>
       </c>
       <c r="E150">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F150" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="G150">
-        <v>632</v>
+        <v>611</v>
       </c>
       <c r="H150" t="s">
-        <v>273</v>
+        <v>241</v>
       </c>
       <c r="I150" t="s">
-        <v>274</v>
+        <v>26</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>221</v>
+      </c>
+      <c r="B151">
+        <v>12.0</v>
       </c>
       <c r="C151" t="s">
-        <v>87</v>
+        <v>242</v>
       </c>
       <c r="D151" t="s">
-        <v>301</v>
+        <v>243</v>
       </c>
       <c r="E151">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F151" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="G151">
-        <v>611</v>
+        <v>631</v>
       </c>
       <c r="H151" t="s">
-        <v>302</v>
+        <v>244</v>
       </c>
       <c r="I151" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" t="s">
-        <v>300</v>
+        <v>221</v>
       </c>
       <c r="B152" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="C152" t="s">
-        <v>148</v>
+        <v>239</v>
       </c>
       <c r="D152" t="s">
-        <v>149</v>
+        <v>240</v>
       </c>
       <c r="E152">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F152" t="s">
         <v>13</v>
       </c>
       <c r="G152">
-        <v>642</v>
+        <v>612</v>
       </c>
       <c r="H152" t="s">
-        <v>303</v>
+        <v>245</v>
       </c>
       <c r="I152" t="s">
-        <v>99</v>
+        <v>26</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" t="s">
-        <v>300</v>
+        <v>221</v>
       </c>
       <c r="B153" t="s">
-        <v>107</v>
+        <v>29</v>
       </c>
       <c r="C153" t="s">
-        <v>304</v>
+        <v>161</v>
       </c>
       <c r="D153" t="s">
-        <v>305</v>
+        <v>81</v>
       </c>
       <c r="E153">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F153" t="s">
         <v>36</v>
       </c>
       <c r="G153">
-        <v>641</v>
+        <v>613</v>
       </c>
       <c r="H153" t="s">
-        <v>306</v>
+        <v>86</v>
       </c>
       <c r="I153" t="s">
-        <v>121</v>
+        <v>83</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" t="s">
-        <v>300</v>
+        <v>221</v>
       </c>
       <c r="B154" t="s">
-        <v>131</v>
+        <v>29</v>
       </c>
       <c r="C154" t="s">
-        <v>32</v>
+        <v>246</v>
       </c>
       <c r="D154" t="s">
-        <v>203</v>
+        <v>101</v>
       </c>
       <c r="E154">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F154" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="G154">
-        <v>611</v>
+        <v>621</v>
       </c>
       <c r="H154" t="s">
-        <v>307</v>
+        <v>247</v>
       </c>
       <c r="I154" t="s">
-        <v>205</v>
+        <v>107</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>221</v>
+      </c>
+      <c r="B155" t="s">
+        <v>29</v>
       </c>
       <c r="C155" t="s">
-        <v>304</v>
+        <v>195</v>
       </c>
       <c r="D155" t="s">
-        <v>305</v>
+        <v>196</v>
       </c>
       <c r="E155">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F155" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="G155">
-        <v>642</v>
+        <v>621</v>
       </c>
       <c r="H155" t="s">
-        <v>308</v>
+        <v>197</v>
       </c>
       <c r="I155" t="s">
-        <v>121</v>
+        <v>77</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" t="s">
-        <v>300</v>
+        <v>221</v>
       </c>
       <c r="B156" t="s">
-        <v>135</v>
+        <v>29</v>
       </c>
       <c r="C156" t="s">
-        <v>87</v>
+        <v>248</v>
       </c>
       <c r="D156" t="s">
-        <v>301</v>
+        <v>249</v>
       </c>
       <c r="E156">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F156" t="s">
-        <v>27</v>
+        <v>69</v>
       </c>
       <c r="G156">
-        <v>611</v>
+        <v>621</v>
       </c>
       <c r="H156" t="s">
-        <v>309</v>
+        <v>247</v>
       </c>
       <c r="I156" t="s">
-        <v>26</v>
+        <v>107</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" t="s">
-        <v>310</v>
+        <v>221</v>
       </c>
       <c r="B157" t="s">
-        <v>16</v>
+        <v>115</v>
       </c>
       <c r="C157" t="s">
-        <v>41</v>
+        <v>147</v>
       </c>
       <c r="D157" t="s">
-        <v>38</v>
+        <v>148</v>
       </c>
       <c r="E157">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F157" t="s">
-        <v>27</v>
+        <v>57</v>
       </c>
       <c r="G157">
-        <v>621</v>
+        <v>611</v>
       </c>
       <c r="H157" t="s">
-        <v>186</v>
+        <v>175</v>
       </c>
       <c r="I157" t="s">
-        <v>20</v>
+        <v>151</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" t="s">
-        <v>311</v>
+        <v>221</v>
       </c>
       <c r="B158" t="s">
-        <v>31</v>
+        <v>115</v>
       </c>
       <c r="C158" t="s">
-        <v>312</v>
+        <v>237</v>
       </c>
       <c r="D158" t="s">
-        <v>33</v>
+        <v>238</v>
       </c>
       <c r="E158">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F158" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="G158">
-        <v>611</v>
-[...3 lines deleted...]
-      </c>
+        <v>631</v>
+      </c>
+      <c r="H158"/>
       <c r="I158" t="s">
-        <v>26</v>
+        <v>88</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" t="s">
-        <v>311</v>
+        <v>221</v>
       </c>
       <c r="B159" t="s">
-        <v>31</v>
+        <v>115</v>
       </c>
       <c r="C159" t="s">
-        <v>312</v>
+        <v>218</v>
       </c>
       <c r="D159" t="s">
-        <v>33</v>
+        <v>187</v>
       </c>
       <c r="E159">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F159" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="G159">
-        <v>612</v>
-[...3 lines deleted...]
-      </c>
+        <v>633</v>
+      </c>
+      <c r="H159"/>
       <c r="I159" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" t="s">
-        <v>311</v>
+        <v>221</v>
       </c>
       <c r="B160" t="s">
-        <v>31</v>
+        <v>132</v>
       </c>
       <c r="C160" t="s">
-        <v>312</v>
+        <v>250</v>
       </c>
       <c r="D160" t="s">
-        <v>33</v>
+        <v>177</v>
       </c>
       <c r="E160">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F160" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="G160">
-        <v>614</v>
+        <v>632</v>
       </c>
       <c r="H160" t="s">
-        <v>313</v>
+        <v>251</v>
       </c>
       <c r="I160" t="s">
-        <v>26</v>
+        <v>95</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" t="s">
-        <v>311</v>
+        <v>221</v>
       </c>
       <c r="B161" t="s">
-        <v>10</v>
+        <v>136</v>
       </c>
       <c r="C161" t="s">
-        <v>314</v>
+        <v>237</v>
       </c>
       <c r="D161" t="s">
-        <v>315</v>
+        <v>238</v>
       </c>
       <c r="E161">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F161" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="G161">
-        <v>641</v>
-[...3 lines deleted...]
-      </c>
+        <v>633</v>
+      </c>
+      <c r="H161"/>
       <c r="I161" t="s">
-        <v>117</v>
+        <v>88</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>221</v>
+      </c>
+      <c r="B162">
+        <v>8.0</v>
       </c>
       <c r="C162" t="s">
-        <v>151</v>
+        <v>96</v>
       </c>
       <c r="D162" t="s">
-        <v>317</v>
+        <v>252</v>
       </c>
       <c r="E162">
         <v>1</v>
       </c>
       <c r="F162" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="G162">
         <v>611</v>
       </c>
       <c r="H162" t="s">
-        <v>14</v>
+        <v>225</v>
       </c>
       <c r="I162" t="s">
-        <v>318</v>
+        <v>107</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" t="s">
-        <v>311</v>
+        <v>221</v>
       </c>
       <c r="B163" t="s">
-        <v>16</v>
+        <v>142</v>
       </c>
       <c r="C163" t="s">
-        <v>319</v>
+        <v>165</v>
       </c>
       <c r="D163" t="s">
-        <v>320</v>
+        <v>166</v>
       </c>
       <c r="E163">
         <v>2</v>
       </c>
       <c r="F163" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="G163">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="H163" t="s">
-        <v>321</v>
+        <v>253</v>
       </c>
       <c r="I163" t="s">
-        <v>93</v>
+        <v>15</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" t="s">
-        <v>311</v>
+        <v>221</v>
       </c>
       <c r="B164" t="s">
-        <v>16</v>
+        <v>142</v>
       </c>
       <c r="C164" t="s">
-        <v>319</v>
+        <v>254</v>
       </c>
       <c r="D164" t="s">
-        <v>322</v>
+        <v>255</v>
       </c>
       <c r="E164">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F164" t="s">
-        <v>61</v>
+        <v>69</v>
       </c>
       <c r="G164">
-        <v>622</v>
+        <v>641</v>
       </c>
       <c r="H164" t="s">
-        <v>323</v>
+        <v>256</v>
       </c>
       <c r="I164" t="s">
-        <v>15</v>
+        <v>257</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" t="s">
-        <v>311</v>
+        <v>221</v>
       </c>
       <c r="B165" t="s">
-        <v>16</v>
+        <v>146</v>
       </c>
       <c r="C165" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D165" t="s">
-        <v>55</v>
+        <v>228</v>
       </c>
       <c r="E165">
         <v>2</v>
       </c>
       <c r="F165" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="G165">
         <v>623</v>
       </c>
       <c r="H165" t="s">
-        <v>57</v>
+        <v>229</v>
       </c>
       <c r="I165" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" t="s">
-        <v>311</v>
+        <v>221</v>
       </c>
       <c r="B166" t="s">
-        <v>16</v>
+        <v>146</v>
       </c>
       <c r="C166" t="s">
-        <v>324</v>
+        <v>258</v>
       </c>
       <c r="D166" t="s">
-        <v>301</v>
+        <v>259</v>
       </c>
       <c r="E166">
         <v>3</v>
       </c>
       <c r="F166" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G166">
-        <v>632</v>
+        <v>631</v>
       </c>
       <c r="H166" t="s">
-        <v>57</v>
+        <v>260</v>
       </c>
       <c r="I166" t="s">
-        <v>325</v>
+        <v>261</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167" t="s">
-        <v>311</v>
+        <v>221</v>
       </c>
       <c r="B167" t="s">
-        <v>16</v>
+        <v>146</v>
       </c>
       <c r="C167" t="s">
-        <v>326</v>
+        <v>237</v>
       </c>
       <c r="D167" t="s">
-        <v>327</v>
+        <v>238</v>
       </c>
       <c r="E167">
         <v>3</v>
       </c>
       <c r="F167" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="G167">
-        <v>632</v>
-[...3 lines deleted...]
-      </c>
+        <v>634</v>
+      </c>
+      <c r="H167"/>
       <c r="I167" t="s">
-        <v>53</v>
+        <v>88</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168" t="s">
-        <v>311</v>
+        <v>262</v>
       </c>
       <c r="B168" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="C168" t="s">
-        <v>246</v>
+        <v>55</v>
       </c>
       <c r="D168" t="s">
-        <v>247</v>
+        <v>228</v>
       </c>
       <c r="E168">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F168" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="G168">
-        <v>632</v>
+        <v>622</v>
       </c>
       <c r="H168" t="s">
-        <v>248</v>
+        <v>263</v>
       </c>
       <c r="I168" t="s">
-        <v>249</v>
+        <v>26</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>262</v>
+      </c>
+      <c r="B169" t="s">
+        <v>31</v>
       </c>
       <c r="C169" t="s">
-        <v>151</v>
+        <v>104</v>
       </c>
       <c r="D169" t="s">
-        <v>287</v>
+        <v>105</v>
       </c>
       <c r="E169">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F169" t="s">
-        <v>94</v>
+        <v>36</v>
       </c>
       <c r="G169">
-        <v>611</v>
+        <v>622</v>
       </c>
       <c r="H169" t="s">
-        <v>329</v>
+        <v>264</v>
       </c>
       <c r="I169" t="s">
-        <v>45</v>
+        <v>107</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-        <v>10.0</v>
+        <v>262</v>
+      </c>
+      <c r="B170" t="s">
+        <v>31</v>
       </c>
       <c r="C170" t="s">
-        <v>330</v>
+        <v>165</v>
       </c>
       <c r="D170" t="s">
-        <v>331</v>
+        <v>166</v>
       </c>
       <c r="E170">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F170" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="G170">
-        <v>631</v>
-[...3 lines deleted...]
-      </c>
+        <v>623</v>
+      </c>
+      <c r="H170"/>
       <c r="I170" t="s">
-        <v>333</v>
+        <v>77</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" t="s">
-        <v>311</v>
+        <v>262</v>
       </c>
       <c r="B171" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="C171" t="s">
-        <v>334</v>
+        <v>210</v>
       </c>
       <c r="D171" t="s">
-        <v>133</v>
+        <v>153</v>
       </c>
       <c r="E171">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F171" t="s">
         <v>13</v>
       </c>
       <c r="G171">
-        <v>621</v>
+        <v>641</v>
       </c>
       <c r="H171" t="s">
-        <v>335</v>
+        <v>265</v>
       </c>
       <c r="I171" t="s">
-        <v>86</v>
+        <v>127</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" t="s">
-        <v>311</v>
+        <v>262</v>
       </c>
       <c r="B172" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="C172" t="s">
-        <v>276</v>
+        <v>182</v>
       </c>
       <c r="D172" t="s">
-        <v>277</v>
+        <v>118</v>
       </c>
       <c r="E172">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F172" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="G172">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="H172" t="s">
-        <v>216</v>
+        <v>266</v>
       </c>
       <c r="I172" t="s">
-        <v>274</v>
+        <v>83</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" t="s">
-        <v>311</v>
+        <v>262</v>
       </c>
       <c r="B173" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="C173" t="s">
-        <v>279</v>
+        <v>267</v>
       </c>
       <c r="D173" t="s">
-        <v>280</v>
+        <v>196</v>
       </c>
       <c r="E173">
         <v>3</v>
       </c>
       <c r="F173" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
       <c r="G173">
         <v>631</v>
       </c>
       <c r="H173" t="s">
-        <v>336</v>
+        <v>197</v>
       </c>
       <c r="I173" t="s">
-        <v>63</v>
+        <v>268</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174" t="s">
-        <v>311</v>
+        <v>262</v>
       </c>
       <c r="B174" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="C174" t="s">
-        <v>337</v>
+        <v>269</v>
       </c>
       <c r="D174" t="s">
-        <v>338</v>
+        <v>208</v>
       </c>
       <c r="E174">
         <v>3</v>
       </c>
       <c r="F174" t="s">
-        <v>94</v>
+        <v>19</v>
       </c>
       <c r="G174">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="H174" t="s">
-        <v>339</v>
+        <v>270</v>
       </c>
       <c r="I174" t="s">
-        <v>75</v>
+        <v>271</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175" t="s">
-        <v>311</v>
+        <v>262</v>
       </c>
       <c r="B175" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="C175" t="s">
-        <v>50</v>
+        <v>272</v>
       </c>
       <c r="D175" t="s">
-        <v>51</v>
+        <v>273</v>
       </c>
       <c r="E175">
         <v>4</v>
       </c>
       <c r="F175" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="G175">
         <v>641</v>
       </c>
       <c r="H175" t="s">
-        <v>340</v>
+        <v>274</v>
       </c>
       <c r="I175" t="s">
-        <v>341</v>
+        <v>131</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" t="s">
-        <v>311</v>
+        <v>262</v>
       </c>
       <c r="B176" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="C176" t="s">
-        <v>342</v>
+        <v>275</v>
       </c>
       <c r="D176" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="E176">
         <v>4</v>
       </c>
       <c r="F176" t="s">
-        <v>19</v>
+        <v>62</v>
       </c>
       <c r="G176">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="H176" t="s">
-        <v>62</v>
+        <v>276</v>
       </c>
       <c r="I176" t="s">
-        <v>318</v>
+        <v>88</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" t="s">
-        <v>311</v>
+        <v>262</v>
       </c>
       <c r="B177" t="s">
         <v>21</v>
       </c>
       <c r="C177" t="s">
-        <v>342</v>
+        <v>104</v>
       </c>
       <c r="D177" t="s">
-        <v>60</v>
+        <v>105</v>
       </c>
       <c r="E177">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F177" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="G177">
-        <v>642</v>
+        <v>621</v>
       </c>
       <c r="H177" t="s">
-        <v>343</v>
+        <v>277</v>
       </c>
       <c r="I177" t="s">
-        <v>63</v>
+        <v>107</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178" t="s">
-        <v>311</v>
+        <v>262</v>
       </c>
       <c r="B178" t="s">
-        <v>83</v>
+        <v>21</v>
       </c>
       <c r="C178" t="s">
-        <v>326</v>
+        <v>278</v>
       </c>
       <c r="D178" t="s">
-        <v>327</v>
+        <v>215</v>
       </c>
       <c r="E178">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F178" t="s">
-        <v>52</v>
+        <v>78</v>
       </c>
       <c r="G178">
-        <v>631</v>
-[...1 lines deleted...]
-      <c r="H178"/>
+        <v>621</v>
+      </c>
+      <c r="H178" t="s">
+        <v>279</v>
+      </c>
       <c r="I178" t="s">
-        <v>53</v>
+        <v>68</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>262</v>
+      </c>
+      <c r="B179" t="s">
+        <v>21</v>
       </c>
       <c r="C179" t="s">
-        <v>344</v>
+        <v>89</v>
       </c>
       <c r="D179" t="s">
-        <v>345</v>
+        <v>90</v>
       </c>
       <c r="E179">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F179" t="s">
-        <v>111</v>
+        <v>39</v>
       </c>
       <c r="G179">
-        <v>611</v>
-[...3 lines deleted...]
-      </c>
+        <v>641</v>
+      </c>
+      <c r="H179"/>
       <c r="I179" t="s">
-        <v>205</v>
+        <v>91</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-        <v>12.0</v>
+        <v>262</v>
+      </c>
+      <c r="B180" t="s">
+        <v>21</v>
       </c>
       <c r="C180" t="s">
-        <v>151</v>
+        <v>280</v>
       </c>
       <c r="D180" t="s">
-        <v>287</v>
+        <v>71</v>
       </c>
       <c r="E180">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F180" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="G180">
-        <v>611</v>
+        <v>641</v>
       </c>
       <c r="H180" t="s">
-        <v>347</v>
+        <v>281</v>
       </c>
       <c r="I180" t="s">
-        <v>45</v>
+        <v>91</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181" t="s">
-        <v>311</v>
+        <v>262</v>
       </c>
       <c r="B181" t="s">
         <v>29</v>
       </c>
       <c r="C181" t="s">
-        <v>344</v>
+        <v>282</v>
       </c>
       <c r="D181" t="s">
-        <v>345</v>
+        <v>283</v>
       </c>
       <c r="E181">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F181" t="s">
-        <v>178</v>
+        <v>13</v>
       </c>
       <c r="G181">
-        <v>611</v>
-[...3 lines deleted...]
-      </c>
+        <v>621</v>
+      </c>
+      <c r="H181"/>
       <c r="I181" t="s">
-        <v>205</v>
+        <v>284</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182" t="s">
-        <v>311</v>
+        <v>262</v>
       </c>
       <c r="B182" t="s">
         <v>29</v>
       </c>
       <c r="C182" t="s">
-        <v>312</v>
+        <v>100</v>
       </c>
       <c r="D182" t="s">
-        <v>33</v>
+        <v>101</v>
       </c>
       <c r="E182">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F182" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="G182">
-        <v>612</v>
+        <v>621</v>
       </c>
       <c r="H182" t="s">
-        <v>349</v>
+        <v>285</v>
       </c>
       <c r="I182" t="s">
-        <v>26</v>
+        <v>102</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" t="s">
-        <v>311</v>
+        <v>262</v>
       </c>
       <c r="B183" t="s">
         <v>29</v>
       </c>
       <c r="C183" t="s">
-        <v>312</v>
+        <v>286</v>
       </c>
       <c r="D183" t="s">
-        <v>33</v>
+        <v>287</v>
       </c>
       <c r="E183">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F183" t="s">
-        <v>36</v>
+        <v>69</v>
       </c>
       <c r="G183">
-        <v>613</v>
+        <v>631</v>
       </c>
       <c r="H183" t="s">
-        <v>313</v>
+        <v>288</v>
       </c>
       <c r="I183" t="s">
-        <v>26</v>
+        <v>289</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" t="s">
-        <v>311</v>
+        <v>262</v>
       </c>
       <c r="B184" t="s">
         <v>29</v>
       </c>
       <c r="C184" t="s">
-        <v>54</v>
+        <v>290</v>
       </c>
       <c r="D184" t="s">
-        <v>218</v>
+        <v>291</v>
       </c>
       <c r="E184">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F184" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="G184">
-        <v>621</v>
+        <v>633</v>
       </c>
       <c r="H184" t="s">
-        <v>350</v>
+        <v>292</v>
       </c>
       <c r="I184" t="s">
-        <v>15</v>
+        <v>127</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" t="s">
-        <v>311</v>
+        <v>262</v>
       </c>
       <c r="B185" t="s">
         <v>29</v>
       </c>
       <c r="C185" t="s">
-        <v>319</v>
+        <v>293</v>
       </c>
       <c r="D185" t="s">
-        <v>320</v>
+        <v>294</v>
       </c>
       <c r="E185">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F185" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G185">
-        <v>622</v>
+        <v>632</v>
       </c>
       <c r="H185" t="s">
-        <v>351</v>
+        <v>295</v>
       </c>
       <c r="I185" t="s">
-        <v>93</v>
+        <v>26</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>262</v>
+      </c>
+      <c r="B186">
+        <v>13</v>
       </c>
       <c r="C186" t="s">
-        <v>352</v>
+        <v>296</v>
       </c>
       <c r="D186" t="s">
-        <v>42</v>
+        <v>172</v>
       </c>
       <c r="E186">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F186" t="s">
-        <v>178</v>
+        <v>79</v>
       </c>
       <c r="G186">
-        <v>622</v>
+        <v>631</v>
       </c>
       <c r="H186" t="s">
-        <v>95</v>
+        <v>297</v>
       </c>
       <c r="I186" t="s">
-        <v>45</v>
+        <v>174</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187" t="s">
-        <v>311</v>
+        <v>262</v>
       </c>
       <c r="B187" t="s">
-        <v>29</v>
+        <v>115</v>
       </c>
       <c r="C187" t="s">
-        <v>353</v>
+        <v>147</v>
       </c>
       <c r="D187" t="s">
-        <v>213</v>
+        <v>298</v>
       </c>
       <c r="E187">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F187" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="G187">
-        <v>631</v>
+        <v>611</v>
       </c>
       <c r="H187" t="s">
-        <v>214</v>
+        <v>299</v>
       </c>
       <c r="I187" t="s">
-        <v>354</v>
+        <v>300</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188" t="s">
-        <v>311</v>
+        <v>262</v>
       </c>
       <c r="B188" t="s">
-        <v>29</v>
+        <v>115</v>
       </c>
       <c r="C188" t="s">
-        <v>221</v>
+        <v>275</v>
       </c>
       <c r="D188" t="s">
-        <v>12</v>
+        <v>81</v>
       </c>
       <c r="E188">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F188" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
       <c r="G188">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="H188" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="I188" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" t="s">
-        <v>311</v>
+        <v>262</v>
       </c>
       <c r="B189" t="s">
-        <v>29</v>
+        <v>132</v>
       </c>
       <c r="C189" t="s">
-        <v>355</v>
+        <v>293</v>
       </c>
       <c r="D189" t="s">
-        <v>338</v>
+        <v>294</v>
       </c>
       <c r="E189">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F189" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="G189">
-        <v>633</v>
+        <v>641</v>
       </c>
       <c r="H189" t="s">
-        <v>328</v>
+        <v>295</v>
       </c>
       <c r="I189" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>262</v>
+      </c>
+      <c r="B190" t="s">
+        <v>132</v>
       </c>
       <c r="C190" t="s">
-        <v>161</v>
+        <v>293</v>
       </c>
       <c r="D190" t="s">
-        <v>162</v>
+        <v>294</v>
       </c>
       <c r="E190">
         <v>4</v>
       </c>
       <c r="F190" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G190">
-        <v>632</v>
+        <v>643</v>
       </c>
       <c r="H190" t="s">
-        <v>134</v>
+        <v>295</v>
       </c>
       <c r="I190" t="s">
-        <v>164</v>
+        <v>26</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" t="s">
-        <v>311</v>
+        <v>262</v>
       </c>
       <c r="B191" t="s">
-        <v>107</v>
+        <v>136</v>
       </c>
       <c r="C191" t="s">
-        <v>22</v>
+        <v>161</v>
       </c>
       <c r="D191" t="s">
-        <v>23</v>
+        <v>301</v>
       </c>
       <c r="E191">
         <v>1</v>
       </c>
       <c r="F191" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="G191">
         <v>611</v>
       </c>
       <c r="H191" t="s">
-        <v>356</v>
+        <v>302</v>
       </c>
       <c r="I191" t="s">
-        <v>258</v>
+        <v>46</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192" t="s">
-        <v>311</v>
+        <v>262</v>
       </c>
       <c r="B192" t="s">
-        <v>107</v>
+        <v>303</v>
       </c>
       <c r="C192" t="s">
-        <v>22</v>
+        <v>161</v>
       </c>
       <c r="D192" t="s">
-        <v>104</v>
+        <v>301</v>
       </c>
       <c r="E192">
         <v>1</v>
       </c>
       <c r="F192" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G192">
         <v>612</v>
       </c>
       <c r="H192" t="s">
-        <v>108</v>
+        <v>304</v>
       </c>
       <c r="I192" t="s">
-        <v>106</v>
+        <v>46</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193" t="s">
-        <v>311</v>
+        <v>262</v>
       </c>
       <c r="B193" t="s">
-        <v>107</v>
+        <v>142</v>
       </c>
       <c r="C193" t="s">
-        <v>22</v>
+        <v>96</v>
       </c>
       <c r="D193" t="s">
-        <v>104</v>
+        <v>97</v>
       </c>
       <c r="E193">
         <v>1</v>
       </c>
       <c r="F193" t="s">
-        <v>52</v>
+        <v>149</v>
       </c>
       <c r="G193">
-        <v>613</v>
+        <v>612</v>
       </c>
       <c r="H193" t="s">
-        <v>357</v>
+        <v>305</v>
       </c>
       <c r="I193" t="s">
-        <v>106</v>
+        <v>99</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194" t="s">
-        <v>311</v>
+        <v>262</v>
       </c>
       <c r="B194" t="s">
-        <v>107</v>
+        <v>142</v>
       </c>
       <c r="C194" t="s">
-        <v>358</v>
+        <v>100</v>
       </c>
       <c r="D194" t="s">
-        <v>359</v>
+        <v>101</v>
       </c>
       <c r="E194">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F194" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="G194">
-        <v>633</v>
+        <v>621</v>
       </c>
       <c r="H194" t="s">
-        <v>360</v>
+        <v>285</v>
       </c>
       <c r="I194" t="s">
-        <v>361</v>
+        <v>102</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>262</v>
+      </c>
+      <c r="B195" t="s">
+        <v>142</v>
       </c>
       <c r="C195" t="s">
-        <v>124</v>
+        <v>306</v>
       </c>
       <c r="D195" t="s">
-        <v>125</v>
+        <v>205</v>
       </c>
       <c r="E195">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F195" t="s">
-        <v>19</v>
+        <v>79</v>
       </c>
       <c r="G195">
-        <v>631</v>
+        <v>621</v>
       </c>
       <c r="H195" t="s">
-        <v>362</v>
+        <v>307</v>
       </c>
       <c r="I195" t="s">
-        <v>82</v>
+        <v>15</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196" t="s">
-        <v>311</v>
+        <v>262</v>
       </c>
       <c r="B196" t="s">
-        <v>123</v>
+        <v>142</v>
       </c>
       <c r="C196" t="s">
-        <v>363</v>
+        <v>100</v>
       </c>
       <c r="D196" t="s">
-        <v>364</v>
+        <v>101</v>
       </c>
       <c r="E196">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F196" t="s">
-        <v>178</v>
+        <v>19</v>
       </c>
       <c r="G196">
-        <v>632</v>
-[...1 lines deleted...]
-      <c r="H196"/>
+        <v>622</v>
+      </c>
+      <c r="H196" t="s">
+        <v>285</v>
+      </c>
       <c r="I196" t="s">
-        <v>53</v>
+        <v>102</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197" t="s">
-        <v>311</v>
+        <v>262</v>
       </c>
       <c r="B197" t="s">
-        <v>127</v>
+        <v>142</v>
       </c>
       <c r="C197" t="s">
-        <v>312</v>
+        <v>190</v>
       </c>
       <c r="D197" t="s">
-        <v>33</v>
+        <v>191</v>
       </c>
       <c r="E197">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F197" t="s">
-        <v>36</v>
+        <v>79</v>
       </c>
       <c r="G197">
-        <v>611</v>
+        <v>622</v>
       </c>
       <c r="H197" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="I197" t="s">
-        <v>26</v>
+        <v>309</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198" t="s">
-        <v>311</v>
+        <v>262</v>
       </c>
       <c r="B198" t="s">
-        <v>127</v>
+        <v>142</v>
       </c>
       <c r="C198" t="s">
-        <v>312</v>
+        <v>104</v>
       </c>
       <c r="D198" t="s">
-        <v>33</v>
+        <v>105</v>
       </c>
       <c r="E198">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F198" t="s">
-        <v>128</v>
+        <v>36</v>
       </c>
       <c r="G198">
-        <v>611</v>
+        <v>624</v>
       </c>
       <c r="H198" t="s">
-        <v>365</v>
+        <v>310</v>
       </c>
       <c r="I198" t="s">
-        <v>26</v>
+        <v>107</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199" t="s">
+        <v>262</v>
+      </c>
+      <c r="B199" t="s">
+        <v>142</v>
+      </c>
+      <c r="C199" t="s">
         <v>311</v>
       </c>
-      <c r="B199" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D199" t="s">
-        <v>366</v>
+        <v>255</v>
       </c>
       <c r="E199">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F199" t="s">
-        <v>138</v>
+        <v>78</v>
       </c>
       <c r="G199">
-        <v>612</v>
+        <v>641</v>
       </c>
       <c r="H199" t="s">
-        <v>346</v>
+        <v>256</v>
       </c>
       <c r="I199" t="s">
-        <v>106</v>
+        <v>257</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-        <v>131</v>
+        <v>262</v>
+      </c>
+      <c r="B200">
+        <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>172</v>
+        <v>269</v>
       </c>
       <c r="D200" t="s">
-        <v>240</v>
+        <v>208</v>
       </c>
       <c r="E200">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F200" t="s">
-        <v>52</v>
+        <v>19</v>
       </c>
       <c r="G200">
-        <v>614</v>
+        <v>631</v>
       </c>
       <c r="H200" t="s">
-        <v>367</v>
+        <v>312</v>
       </c>
       <c r="I200" t="s">
-        <v>99</v>
+        <v>59</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>262</v>
+      </c>
+      <c r="B201" t="s">
+        <v>146</v>
       </c>
       <c r="C201" t="s">
-        <v>220</v>
+        <v>22</v>
       </c>
       <c r="D201" t="s">
-        <v>69</v>
+        <v>23</v>
       </c>
       <c r="E201">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F201" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="G201">
-        <v>622</v>
+        <v>611</v>
       </c>
       <c r="H201" t="s">
-        <v>368</v>
+        <v>313</v>
       </c>
       <c r="I201" t="s">
-        <v>82</v>
+        <v>114</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202" t="s">
-        <v>311</v>
+        <v>262</v>
       </c>
       <c r="B202" t="s">
-        <v>135</v>
+        <v>146</v>
       </c>
       <c r="C202" t="s">
-        <v>136</v>
+        <v>250</v>
       </c>
       <c r="D202" t="s">
-        <v>137</v>
+        <v>177</v>
       </c>
       <c r="E202">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F202" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="G202">
-        <v>612</v>
+        <v>631</v>
       </c>
       <c r="H202" t="s">
-        <v>369</v>
+        <v>251</v>
       </c>
       <c r="I202" t="s">
-        <v>140</v>
+        <v>95</v>
       </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="B203" t="s">
-        <v>135</v>
+        <v>16</v>
       </c>
       <c r="C203" t="s">
-        <v>41</v>
+        <v>96</v>
       </c>
       <c r="D203" t="s">
-        <v>38</v>
+        <v>315</v>
       </c>
       <c r="E203">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F203" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="G203">
-        <v>621</v>
+        <v>611</v>
       </c>
       <c r="H203" t="s">
-        <v>370</v>
+        <v>316</v>
       </c>
       <c r="I203" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="B204" t="s">
-        <v>135</v>
+        <v>16</v>
       </c>
       <c r="C204" t="s">
-        <v>220</v>
+        <v>158</v>
       </c>
       <c r="D204" t="s">
-        <v>69</v>
+        <v>159</v>
       </c>
       <c r="E204">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F204" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G204">
-        <v>621</v>
+        <v>642</v>
       </c>
       <c r="H204" t="s">
-        <v>368</v>
+        <v>317</v>
       </c>
       <c r="I204" t="s">
-        <v>82</v>
+        <v>107</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="B205" t="s">
-        <v>135</v>
+        <v>115</v>
       </c>
       <c r="C205" t="s">
-        <v>141</v>
+        <v>318</v>
       </c>
       <c r="D205" t="s">
-        <v>142</v>
+        <v>319</v>
       </c>
       <c r="E205">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F205" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="G205">
-        <v>622</v>
+        <v>641</v>
       </c>
       <c r="H205" t="s">
-        <v>371</v>
+        <v>320</v>
       </c>
       <c r="I205" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="B206" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="C206" t="s">
-        <v>372</v>
+        <v>32</v>
       </c>
       <c r="D206" t="s">
-        <v>149</v>
+        <v>215</v>
       </c>
       <c r="E206">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F206" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="G206">
-        <v>631</v>
+        <v>611</v>
       </c>
       <c r="H206" t="s">
-        <v>373</v>
+        <v>321</v>
       </c>
       <c r="I206" t="s">
-        <v>205</v>
+        <v>68</v>
       </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>314</v>
+      </c>
+      <c r="B207">
+        <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>174</v>
+        <v>318</v>
       </c>
       <c r="D207" t="s">
-        <v>175</v>
+        <v>319</v>
       </c>
       <c r="E207">
         <v>4</v>
       </c>
       <c r="F207" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="G207">
-        <v>641</v>
-[...1 lines deleted...]
-      <c r="H207"/>
+        <v>642</v>
+      </c>
+      <c r="H207" t="s">
+        <v>322</v>
+      </c>
       <c r="I207" t="s">
-        <v>374</v>
+        <v>127</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="B208" t="s">
-        <v>135</v>
+        <v>146</v>
       </c>
       <c r="C208" t="s">
-        <v>193</v>
+        <v>96</v>
       </c>
       <c r="D208" t="s">
-        <v>194</v>
+        <v>315</v>
       </c>
       <c r="E208">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F208" t="s">
         <v>27</v>
       </c>
       <c r="G208">
-        <v>641</v>
+        <v>611</v>
       </c>
       <c r="H208" t="s">
-        <v>375</v>
+        <v>323</v>
       </c>
       <c r="I208" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209" t="s">
-        <v>311</v>
+        <v>324</v>
       </c>
       <c r="B209" t="s">
-        <v>135</v>
+        <v>16</v>
       </c>
       <c r="C209" t="s">
-        <v>376</v>
+        <v>42</v>
       </c>
       <c r="D209" t="s">
-        <v>377</v>
+        <v>38</v>
       </c>
       <c r="E209">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F209" t="s">
-        <v>94</v>
+        <v>27</v>
       </c>
       <c r="G209">
-        <v>641</v>
+        <v>621</v>
       </c>
       <c r="H209" t="s">
-        <v>378</v>
+        <v>194</v>
       </c>
       <c r="I209" t="s">
-        <v>379</v>
+        <v>41</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210" t="s">
-        <v>380</v>
+        <v>325</v>
       </c>
       <c r="B210" t="s">
         <v>31</v>
       </c>
       <c r="C210" t="s">
-        <v>172</v>
+        <v>326</v>
       </c>
       <c r="D210" t="s">
-        <v>240</v>
+        <v>33</v>
       </c>
       <c r="E210">
         <v>1</v>
       </c>
       <c r="F210" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="G210">
         <v>611</v>
       </c>
       <c r="H210" t="s">
-        <v>273</v>
+        <v>327</v>
       </c>
       <c r="I210" t="s">
-        <v>99</v>
+        <v>26</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211" t="s">
-        <v>380</v>
+        <v>325</v>
       </c>
       <c r="B211" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="C211" t="s">
-        <v>381</v>
+        <v>326</v>
       </c>
       <c r="D211" t="s">
-        <v>382</v>
+        <v>33</v>
       </c>
       <c r="E211">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F211" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="G211">
-        <v>641</v>
+        <v>612</v>
       </c>
       <c r="H211" t="s">
-        <v>383</v>
+        <v>327</v>
       </c>
       <c r="I211" t="s">
-        <v>67</v>
+        <v>26</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" t="s">
-        <v>380</v>
+        <v>325</v>
       </c>
       <c r="B212" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="C212" t="s">
-        <v>384</v>
+        <v>326</v>
       </c>
       <c r="D212" t="s">
-        <v>385</v>
+        <v>33</v>
       </c>
       <c r="E212">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F212" t="s">
-        <v>111</v>
+        <v>36</v>
       </c>
       <c r="G212">
-        <v>631</v>
+        <v>614</v>
       </c>
       <c r="H212" t="s">
-        <v>386</v>
+        <v>327</v>
       </c>
       <c r="I212" t="s">
-        <v>79</v>
+        <v>26</v>
       </c>
     </row>
     <row r="213" spans="1:9">
       <c r="A213" t="s">
-        <v>380</v>
+        <v>325</v>
       </c>
       <c r="B213" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="C213" t="s">
-        <v>387</v>
+        <v>328</v>
       </c>
       <c r="D213" t="s">
-        <v>388</v>
+        <v>329</v>
       </c>
       <c r="E213">
         <v>4</v>
       </c>
       <c r="F213" t="s">
         <v>13</v>
       </c>
       <c r="G213">
-        <v>642</v>
-[...1 lines deleted...]
-      <c r="H213"/>
+        <v>641</v>
+      </c>
+      <c r="H213" t="s">
+        <v>330</v>
+      </c>
       <c r="I213" t="s">
-        <v>389</v>
+        <v>131</v>
       </c>
     </row>
     <row r="214" spans="1:9">
       <c r="A214" t="s">
-        <v>380</v>
+        <v>325</v>
       </c>
       <c r="B214" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="C214" t="s">
-        <v>390</v>
+        <v>161</v>
       </c>
       <c r="D214" t="s">
-        <v>391</v>
+        <v>331</v>
       </c>
       <c r="E214">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F214" t="s">
-        <v>178</v>
+        <v>57</v>
       </c>
       <c r="G214">
-        <v>621</v>
+        <v>611</v>
       </c>
       <c r="H214" t="s">
-        <v>392</v>
+        <v>14</v>
       </c>
       <c r="I214" t="s">
-        <v>205</v>
+        <v>332</v>
       </c>
     </row>
     <row r="215" spans="1:9">
       <c r="A215" t="s">
-        <v>380</v>
+        <v>325</v>
       </c>
       <c r="B215" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="C215" t="s">
-        <v>265</v>
+        <v>248</v>
       </c>
       <c r="D215" t="s">
-        <v>266</v>
+        <v>249</v>
       </c>
       <c r="E215">
         <v>2</v>
       </c>
       <c r="F215" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G215">
-        <v>623</v>
-[...1 lines deleted...]
-      <c r="H215"/>
+        <v>621</v>
+      </c>
+      <c r="H215" t="s">
+        <v>333</v>
+      </c>
       <c r="I215" t="s">
-        <v>379</v>
+        <v>102</v>
       </c>
     </row>
     <row r="216" spans="1:9">
       <c r="A216" t="s">
-        <v>380</v>
+        <v>325</v>
       </c>
       <c r="B216" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="C216" t="s">
-        <v>393</v>
+        <v>248</v>
       </c>
       <c r="D216" t="s">
-        <v>69</v>
+        <v>334</v>
       </c>
       <c r="E216">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F216" t="s">
-        <v>27</v>
+        <v>62</v>
       </c>
       <c r="G216">
-        <v>631</v>
+        <v>622</v>
       </c>
       <c r="H216" t="s">
-        <v>394</v>
+        <v>335</v>
       </c>
       <c r="I216" t="s">
-        <v>82</v>
+        <v>15</v>
       </c>
     </row>
     <row r="217" spans="1:9">
       <c r="A217" t="s">
-        <v>380</v>
+        <v>325</v>
       </c>
       <c r="B217" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="C217" t="s">
-        <v>355</v>
+        <v>55</v>
       </c>
       <c r="D217" t="s">
-        <v>338</v>
+        <v>56</v>
       </c>
       <c r="E217">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F217" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G217">
-        <v>632</v>
+        <v>623</v>
       </c>
       <c r="H217" t="s">
-        <v>395</v>
+        <v>58</v>
       </c>
       <c r="I217" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
     </row>
     <row r="218" spans="1:9">
       <c r="A218" t="s">
-        <v>380</v>
+        <v>325</v>
       </c>
       <c r="B218" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="C218" t="s">
-        <v>326</v>
+        <v>336</v>
       </c>
       <c r="D218" t="s">
-        <v>327</v>
+        <v>337</v>
       </c>
       <c r="E218">
         <v>3</v>
       </c>
       <c r="F218" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G218">
-        <v>633</v>
-[...1 lines deleted...]
-      <c r="H218"/>
+        <v>632</v>
+      </c>
+      <c r="H218" t="s">
+        <v>338</v>
+      </c>
       <c r="I218" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219" t="s">
-        <v>380</v>
+        <v>325</v>
       </c>
       <c r="B219" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="C219" t="s">
-        <v>396</v>
+        <v>339</v>
       </c>
       <c r="D219" t="s">
-        <v>397</v>
+        <v>315</v>
       </c>
       <c r="E219">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F219" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="G219">
-        <v>641</v>
+        <v>632</v>
       </c>
       <c r="H219" t="s">
-        <v>398</v>
+        <v>58</v>
       </c>
       <c r="I219" t="s">
-        <v>20</v>
+        <v>340</v>
       </c>
     </row>
     <row r="220" spans="1:9">
       <c r="A220" t="s">
-        <v>380</v>
+        <v>325</v>
       </c>
       <c r="B220" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="C220" t="s">
-        <v>136</v>
+        <v>258</v>
       </c>
       <c r="D220" t="s">
-        <v>284</v>
+        <v>259</v>
       </c>
       <c r="E220">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F220" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="G220">
-        <v>611</v>
+        <v>632</v>
       </c>
       <c r="H220" t="s">
-        <v>399</v>
+        <v>260</v>
       </c>
       <c r="I220" t="s">
-        <v>286</v>
+        <v>261</v>
       </c>
     </row>
     <row r="221" spans="1:9">
       <c r="A221" t="s">
-        <v>380</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>325</v>
+      </c>
+      <c r="B221">
+        <v>10</v>
       </c>
       <c r="C221" t="s">
-        <v>319</v>
+        <v>161</v>
       </c>
       <c r="D221" t="s">
-        <v>320</v>
+        <v>301</v>
       </c>
       <c r="E221">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F221" t="s">
-        <v>52</v>
+        <v>69</v>
       </c>
       <c r="G221">
-        <v>623</v>
+        <v>611</v>
       </c>
       <c r="H221" t="s">
-        <v>400</v>
+        <v>341</v>
       </c>
       <c r="I221" t="s">
-        <v>93</v>
+        <v>46</v>
       </c>
     </row>
     <row r="222" spans="1:9">
       <c r="A222" t="s">
-        <v>380</v>
-[...2 lines deleted...]
-        <v>107</v>
+        <v>325</v>
+      </c>
+      <c r="B222">
+        <v>10.0</v>
       </c>
       <c r="C222" t="s">
-        <v>401</v>
+        <v>342</v>
       </c>
       <c r="D222" t="s">
-        <v>177</v>
+        <v>343</v>
       </c>
       <c r="E222">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F222" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="G222">
-        <v>622</v>
+        <v>631</v>
       </c>
       <c r="H222" t="s">
-        <v>402</v>
+        <v>344</v>
       </c>
       <c r="I222" t="s">
-        <v>15</v>
+        <v>209</v>
       </c>
     </row>
     <row r="223" spans="1:9">
       <c r="A223" t="s">
-        <v>380</v>
+        <v>325</v>
       </c>
       <c r="B223" t="s">
-        <v>107</v>
+        <v>21</v>
       </c>
       <c r="C223" t="s">
-        <v>403</v>
+        <v>345</v>
       </c>
       <c r="D223" t="s">
-        <v>315</v>
+        <v>144</v>
       </c>
       <c r="E223">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F223" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G223">
-        <v>641</v>
+        <v>621</v>
       </c>
       <c r="H223" t="s">
-        <v>404</v>
+        <v>346</v>
       </c>
       <c r="I223" t="s">
-        <v>117</v>
+        <v>95</v>
       </c>
     </row>
     <row r="224" spans="1:9">
       <c r="A224" t="s">
-        <v>380</v>
+        <v>325</v>
       </c>
       <c r="B224" t="s">
-        <v>107</v>
+        <v>21</v>
       </c>
       <c r="C224" t="s">
-        <v>161</v>
+        <v>286</v>
       </c>
       <c r="D224" t="s">
-        <v>162</v>
+        <v>287</v>
       </c>
       <c r="E224">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F224" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G224">
-        <v>643</v>
+        <v>621</v>
       </c>
       <c r="H224" t="s">
-        <v>134</v>
+        <v>225</v>
       </c>
       <c r="I224" t="s">
-        <v>164</v>
+        <v>289</v>
       </c>
     </row>
     <row r="225" spans="1:9">
       <c r="A225" t="s">
-        <v>380</v>
+        <v>325</v>
       </c>
       <c r="B225" t="s">
-        <v>131</v>
+        <v>21</v>
       </c>
       <c r="C225" t="s">
-        <v>401</v>
+        <v>347</v>
       </c>
       <c r="D225" t="s">
-        <v>177</v>
+        <v>348</v>
       </c>
       <c r="E225">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F225" t="s">
-        <v>36</v>
+        <v>69</v>
       </c>
       <c r="G225">
-        <v>623</v>
+        <v>631</v>
       </c>
       <c r="H225" t="s">
-        <v>405</v>
+        <v>349</v>
       </c>
       <c r="I225" t="s">
-        <v>26</v>
+        <v>83</v>
       </c>
     </row>
     <row r="226" spans="1:9">
       <c r="A226" t="s">
-        <v>380</v>
+        <v>325</v>
       </c>
       <c r="B226" t="s">
-        <v>131</v>
+        <v>21</v>
       </c>
       <c r="C226" t="s">
-        <v>196</v>
+        <v>290</v>
       </c>
       <c r="D226" t="s">
-        <v>197</v>
+        <v>291</v>
       </c>
       <c r="E226">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F226" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="G226">
-        <v>624</v>
+        <v>631</v>
       </c>
       <c r="H226" t="s">
-        <v>406</v>
+        <v>350</v>
       </c>
       <c r="I226" t="s">
-        <v>15</v>
+        <v>64</v>
       </c>
     </row>
     <row r="227" spans="1:9">
       <c r="A227" t="s">
-        <v>380</v>
+        <v>325</v>
       </c>
       <c r="B227" t="s">
-        <v>131</v>
+        <v>21</v>
       </c>
       <c r="C227" t="s">
-        <v>403</v>
+        <v>351</v>
       </c>
       <c r="D227" t="s">
-        <v>315</v>
+        <v>61</v>
       </c>
       <c r="E227">
         <v>4</v>
       </c>
       <c r="F227" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="G227">
-        <v>642</v>
+        <v>641</v>
       </c>
       <c r="H227" t="s">
-        <v>407</v>
+        <v>63</v>
       </c>
       <c r="I227" t="s">
-        <v>117</v>
+        <v>332</v>
       </c>
     </row>
     <row r="228" spans="1:9">
       <c r="A228" t="s">
-        <v>380</v>
+        <v>325</v>
       </c>
       <c r="B228" t="s">
-        <v>135</v>
+        <v>21</v>
       </c>
       <c r="C228" t="s">
-        <v>136</v>
+        <v>51</v>
       </c>
       <c r="D228" t="s">
-        <v>137</v>
+        <v>52</v>
       </c>
       <c r="E228">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F228" t="s">
-        <v>61</v>
+        <v>44</v>
       </c>
       <c r="G228">
-        <v>611</v>
+        <v>641</v>
       </c>
       <c r="H228" t="s">
-        <v>139</v>
+        <v>352</v>
       </c>
       <c r="I228" t="s">
-        <v>140</v>
+        <v>353</v>
       </c>
     </row>
     <row r="229" spans="1:9">
       <c r="A229" t="s">
-        <v>380</v>
+        <v>325</v>
       </c>
       <c r="B229" t="s">
-        <v>135</v>
+        <v>21</v>
       </c>
       <c r="C229" t="s">
-        <v>319</v>
+        <v>351</v>
       </c>
       <c r="D229" t="s">
-        <v>322</v>
+        <v>61</v>
       </c>
       <c r="E229">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F229" t="s">
-        <v>61</v>
+        <v>19</v>
       </c>
       <c r="G229">
-        <v>621</v>
+        <v>642</v>
       </c>
       <c r="H229" t="s">
-        <v>408</v>
+        <v>354</v>
       </c>
       <c r="I229" t="s">
-        <v>106</v>
+        <v>64</v>
       </c>
     </row>
     <row r="230" spans="1:9">
       <c r="A230" t="s">
-        <v>380</v>
+        <v>325</v>
       </c>
       <c r="B230" t="s">
-        <v>135</v>
+        <v>92</v>
       </c>
       <c r="C230" t="s">
-        <v>141</v>
+        <v>336</v>
       </c>
       <c r="D230" t="s">
-        <v>142</v>
+        <v>337</v>
       </c>
       <c r="E230">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F230" t="s">
-        <v>36</v>
+        <v>53</v>
       </c>
       <c r="G230">
-        <v>621</v>
-[...3 lines deleted...]
-      </c>
+        <v>631</v>
+      </c>
+      <c r="H230"/>
       <c r="I230" t="s">
-        <v>121</v>
+        <v>54</v>
       </c>
     </row>
     <row r="231" spans="1:9">
       <c r="A231" t="s">
-        <v>380</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>325</v>
+      </c>
+      <c r="B231">
+        <v>12</v>
       </c>
       <c r="C231" t="s">
-        <v>372</v>
+        <v>355</v>
       </c>
       <c r="D231" t="s">
-        <v>149</v>
+        <v>356</v>
       </c>
       <c r="E231">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F231" t="s">
-        <v>56</v>
+        <v>78</v>
       </c>
       <c r="G231">
-        <v>632</v>
-[...1 lines deleted...]
-      <c r="H231"/>
+        <v>611</v>
+      </c>
+      <c r="H231" t="s">
+        <v>357</v>
+      </c>
       <c r="I231" t="s">
-        <v>93</v>
+        <v>68</v>
       </c>
     </row>
     <row r="232" spans="1:9">
       <c r="A232" t="s">
-        <v>380</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>325</v>
+      </c>
+      <c r="B232">
+        <v>12.0</v>
       </c>
       <c r="C232" t="s">
-        <v>409</v>
+        <v>161</v>
       </c>
       <c r="D232" t="s">
-        <v>410</v>
+        <v>301</v>
       </c>
       <c r="E232">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F232" t="s">
-        <v>111</v>
+        <v>44</v>
       </c>
       <c r="G232">
-        <v>641</v>
-[...1 lines deleted...]
-      <c r="H232"/>
+        <v>611</v>
+      </c>
+      <c r="H232" t="s">
+        <v>358</v>
+      </c>
       <c r="I232" t="s">
-        <v>245</v>
+        <v>46</v>
       </c>
     </row>
     <row r="233" spans="1:9">
       <c r="A233" t="s">
-        <v>411</v>
+        <v>325</v>
       </c>
       <c r="B233" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C233" t="s">
-        <v>196</v>
+        <v>355</v>
       </c>
       <c r="D233" t="s">
-        <v>197</v>
+        <v>356</v>
       </c>
       <c r="E233">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F233" t="s">
-        <v>94</v>
+        <v>79</v>
       </c>
       <c r="G233">
-        <v>621</v>
+        <v>611</v>
       </c>
       <c r="H233" t="s">
-        <v>412</v>
+        <v>359</v>
       </c>
       <c r="I233" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
     </row>
     <row r="234" spans="1:9">
       <c r="A234" t="s">
-        <v>411</v>
+        <v>325</v>
       </c>
       <c r="B234" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C234" t="s">
-        <v>413</v>
+        <v>326</v>
       </c>
       <c r="D234" t="s">
-        <v>414</v>
+        <v>33</v>
       </c>
       <c r="E234">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F234" t="s">
-        <v>111</v>
+        <v>36</v>
       </c>
       <c r="G234">
-        <v>621</v>
+        <v>612</v>
       </c>
       <c r="H234" t="s">
-        <v>415</v>
+        <v>360</v>
       </c>
       <c r="I234" t="s">
-        <v>205</v>
+        <v>26</v>
       </c>
     </row>
     <row r="235" spans="1:9">
       <c r="A235" t="s">
-        <v>411</v>
+        <v>325</v>
       </c>
       <c r="B235" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C235" t="s">
-        <v>416</v>
+        <v>326</v>
       </c>
       <c r="D235" t="s">
-        <v>142</v>
+        <v>33</v>
       </c>
       <c r="E235">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F235" t="s">
         <v>36</v>
       </c>
       <c r="G235">
-        <v>634</v>
-[...1 lines deleted...]
-      <c r="H235"/>
+        <v>613</v>
+      </c>
+      <c r="H235" t="s">
+        <v>327</v>
+      </c>
       <c r="I235" t="s">
-        <v>121</v>
+        <v>26</v>
       </c>
     </row>
     <row r="236" spans="1:9">
       <c r="A236" t="s">
-        <v>411</v>
+        <v>325</v>
       </c>
       <c r="B236" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="C236" t="s">
-        <v>188</v>
+        <v>55</v>
       </c>
       <c r="D236" t="s">
-        <v>189</v>
+        <v>228</v>
       </c>
       <c r="E236">
         <v>2</v>
       </c>
       <c r="F236" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="G236">
         <v>621</v>
       </c>
       <c r="H236" t="s">
-        <v>190</v>
+        <v>361</v>
       </c>
       <c r="I236" t="s">
-        <v>106</v>
+        <v>15</v>
       </c>
     </row>
     <row r="237" spans="1:9">
       <c r="A237" t="s">
-        <v>411</v>
+        <v>325</v>
       </c>
       <c r="B237" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="C237" t="s">
-        <v>358</v>
+        <v>248</v>
       </c>
       <c r="D237" t="s">
-        <v>359</v>
+        <v>249</v>
       </c>
       <c r="E237">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F237" t="s">
-        <v>36</v>
+        <v>53</v>
       </c>
       <c r="G237">
-        <v>632</v>
+        <v>622</v>
       </c>
       <c r="H237" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="I237" t="s">
-        <v>361</v>
+        <v>102</v>
       </c>
     </row>
     <row r="238" spans="1:9">
       <c r="A238" t="s">
-        <v>411</v>
+        <v>325</v>
       </c>
       <c r="B238" t="s">
+        <v>29</v>
+      </c>
+      <c r="C238" t="s">
+        <v>363</v>
+      </c>
+      <c r="D238" t="s">
+        <v>43</v>
+      </c>
+      <c r="E238">
+        <v>2</v>
+      </c>
+      <c r="F238" t="s">
+        <v>79</v>
+      </c>
+      <c r="G238">
+        <v>622</v>
+      </c>
+      <c r="H238" t="s">
+        <v>364</v>
+      </c>
+      <c r="I238" t="s">
         <v>107</v>
-      </c>
-[...19 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="239" spans="1:9">
       <c r="A239" t="s">
-        <v>411</v>
+        <v>325</v>
       </c>
       <c r="B239" t="s">
-        <v>131</v>
+        <v>29</v>
       </c>
       <c r="C239" t="s">
-        <v>196</v>
+        <v>365</v>
       </c>
       <c r="D239" t="s">
-        <v>213</v>
+        <v>222</v>
       </c>
       <c r="E239">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F239" t="s">
-        <v>56</v>
+        <v>24</v>
       </c>
       <c r="G239">
-        <v>621</v>
+        <v>631</v>
       </c>
       <c r="H239" t="s">
-        <v>418</v>
+        <v>223</v>
       </c>
       <c r="I239" t="s">
-        <v>26</v>
+        <v>309</v>
       </c>
     </row>
     <row r="240" spans="1:9">
       <c r="A240" t="s">
-        <v>411</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>325</v>
+      </c>
+      <c r="B240" t="s">
+        <v>29</v>
       </c>
       <c r="C240" t="s">
-        <v>401</v>
+        <v>230</v>
       </c>
       <c r="D240" t="s">
-        <v>177</v>
+        <v>12</v>
       </c>
       <c r="E240">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F240" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G240">
-        <v>624</v>
+        <v>631</v>
       </c>
       <c r="H240" t="s">
-        <v>402</v>
+        <v>14</v>
       </c>
       <c r="I240" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
     </row>
     <row r="241" spans="1:9">
       <c r="A241" t="s">
-        <v>411</v>
+        <v>325</v>
       </c>
       <c r="B241" t="s">
-        <v>135</v>
+        <v>29</v>
       </c>
       <c r="C241" t="s">
-        <v>419</v>
+        <v>366</v>
       </c>
       <c r="D241" t="s">
-        <v>167</v>
+        <v>348</v>
       </c>
       <c r="E241">
         <v>3</v>
       </c>
       <c r="F241" t="s">
-        <v>36</v>
+        <v>62</v>
       </c>
       <c r="G241">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="H241" t="s">
-        <v>420</v>
+        <v>338</v>
       </c>
       <c r="I241" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
     </row>
     <row r="242" spans="1:9">
       <c r="A242" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>325</v>
+      </c>
+      <c r="B242">
+        <v>13</v>
       </c>
       <c r="C242" t="s">
-        <v>87</v>
+        <v>171</v>
       </c>
       <c r="D242" t="s">
-        <v>240</v>
+        <v>172</v>
       </c>
       <c r="E242">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F242" t="s">
-        <v>94</v>
+        <v>53</v>
       </c>
       <c r="G242">
-        <v>611</v>
+        <v>632</v>
       </c>
       <c r="H242" t="s">
-        <v>422</v>
+        <v>145</v>
       </c>
       <c r="I242" t="s">
-        <v>99</v>
+        <v>174</v>
       </c>
     </row>
     <row r="243" spans="1:9">
       <c r="A243" t="s">
-        <v>421</v>
+        <v>325</v>
       </c>
       <c r="B243" t="s">
-        <v>31</v>
+        <v>115</v>
       </c>
       <c r="C243" t="s">
-        <v>423</v>
+        <v>22</v>
       </c>
       <c r="D243" t="s">
-        <v>119</v>
+        <v>23</v>
       </c>
       <c r="E243">
         <v>1</v>
       </c>
       <c r="F243" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="G243">
         <v>611</v>
       </c>
       <c r="H243" t="s">
-        <v>424</v>
+        <v>367</v>
       </c>
       <c r="I243" t="s">
-        <v>425</v>
+        <v>271</v>
       </c>
     </row>
     <row r="244" spans="1:9">
       <c r="A244" t="s">
-        <v>421</v>
+        <v>325</v>
       </c>
       <c r="B244" t="s">
-        <v>16</v>
+        <v>115</v>
       </c>
       <c r="C244" t="s">
-        <v>220</v>
+        <v>22</v>
       </c>
       <c r="D244" t="s">
-        <v>69</v>
+        <v>112</v>
       </c>
       <c r="E244">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F244" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
       <c r="G244">
-        <v>621</v>
+        <v>612</v>
       </c>
       <c r="H244" t="s">
         <v>368</v>
       </c>
       <c r="I244" t="s">
-        <v>82</v>
+        <v>114</v>
       </c>
     </row>
     <row r="245" spans="1:9">
       <c r="A245" t="s">
-        <v>421</v>
+        <v>325</v>
       </c>
       <c r="B245" t="s">
-        <v>16</v>
+        <v>115</v>
       </c>
       <c r="C245" t="s">
-        <v>319</v>
+        <v>22</v>
       </c>
       <c r="D245" t="s">
-        <v>322</v>
+        <v>112</v>
       </c>
       <c r="E245">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F245" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="G245">
-        <v>623</v>
-[...1 lines deleted...]
-      <c r="H245"/>
+        <v>613</v>
+      </c>
+      <c r="H245" t="s">
+        <v>368</v>
+      </c>
       <c r="I245" t="s">
-        <v>26</v>
+        <v>114</v>
       </c>
     </row>
     <row r="246" spans="1:9">
       <c r="A246" t="s">
-        <v>421</v>
+        <v>325</v>
       </c>
       <c r="B246" t="s">
-        <v>16</v>
+        <v>115</v>
       </c>
       <c r="C246" t="s">
-        <v>426</v>
+        <v>369</v>
       </c>
       <c r="D246" t="s">
-        <v>272</v>
+        <v>370</v>
       </c>
       <c r="E246">
         <v>3</v>
       </c>
       <c r="F246" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="G246">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="H246" t="s">
-        <v>427</v>
+        <v>371</v>
       </c>
       <c r="I246" t="s">
-        <v>121</v>
+        <v>372</v>
       </c>
     </row>
     <row r="247" spans="1:9">
       <c r="A247" t="s">
-        <v>421</v>
+        <v>325</v>
       </c>
       <c r="B247">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="C247" t="s">
-        <v>151</v>
+        <v>133</v>
       </c>
       <c r="D247" t="s">
-        <v>73</v>
+        <v>134</v>
       </c>
       <c r="E247">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F247" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G247">
-        <v>611</v>
+        <v>631</v>
       </c>
       <c r="H247" t="s">
-        <v>78</v>
+        <v>373</v>
       </c>
       <c r="I247" t="s">
-        <v>75</v>
+        <v>91</v>
       </c>
     </row>
     <row r="248" spans="1:9">
       <c r="A248" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>10.0</v>
+        <v>325</v>
+      </c>
+      <c r="B248" t="s">
+        <v>132</v>
       </c>
       <c r="C248" t="s">
-        <v>428</v>
+        <v>374</v>
       </c>
       <c r="D248" t="s">
-        <v>429</v>
+        <v>375</v>
       </c>
       <c r="E248">
         <v>3</v>
       </c>
       <c r="F248" t="s">
-        <v>39</v>
+        <v>79</v>
       </c>
       <c r="G248">
-        <v>631</v>
-[...3 lines deleted...]
-      </c>
+        <v>632</v>
+      </c>
+      <c r="H248"/>
       <c r="I248" t="s">
-        <v>20</v>
+        <v>54</v>
       </c>
     </row>
     <row r="249" spans="1:9">
       <c r="A249" t="s">
-        <v>421</v>
+        <v>325</v>
       </c>
       <c r="B249" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="C249" t="s">
-        <v>334</v>
+        <v>326</v>
       </c>
       <c r="D249" t="s">
-        <v>133</v>
+        <v>33</v>
       </c>
       <c r="E249">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F249" t="s">
-        <v>13</v>
+        <v>140</v>
       </c>
       <c r="G249">
-        <v>622</v>
+        <v>611</v>
       </c>
       <c r="H249" t="s">
-        <v>335</v>
+        <v>376</v>
       </c>
       <c r="I249" t="s">
-        <v>258</v>
+        <v>26</v>
       </c>
     </row>
     <row r="250" spans="1:9">
       <c r="A250" t="s">
-        <v>421</v>
+        <v>325</v>
       </c>
       <c r="B250" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="C250" t="s">
-        <v>431</v>
+        <v>326</v>
       </c>
       <c r="D250" t="s">
-        <v>248</v>
+        <v>33</v>
       </c>
       <c r="E250">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F250" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="G250">
-        <v>631</v>
+        <v>611</v>
       </c>
       <c r="H250" t="s">
-        <v>432</v>
+        <v>327</v>
       </c>
       <c r="I250" t="s">
-        <v>90</v>
+        <v>26</v>
       </c>
     </row>
     <row r="251" spans="1:9">
       <c r="A251" t="s">
-        <v>421</v>
+        <v>325</v>
       </c>
       <c r="B251" t="s">
-        <v>21</v>
+        <v>142</v>
       </c>
       <c r="C251" t="s">
-        <v>355</v>
+        <v>22</v>
       </c>
       <c r="D251" t="s">
-        <v>338</v>
+        <v>377</v>
       </c>
       <c r="E251">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F251" t="s">
-        <v>61</v>
+        <v>149</v>
       </c>
       <c r="G251">
-        <v>631</v>
+        <v>612</v>
       </c>
       <c r="H251" t="s">
-        <v>433</v>
+        <v>357</v>
       </c>
       <c r="I251" t="s">
-        <v>75</v>
+        <v>114</v>
       </c>
     </row>
     <row r="252" spans="1:9">
       <c r="A252" t="s">
-        <v>421</v>
+        <v>325</v>
       </c>
       <c r="B252" t="s">
-        <v>21</v>
+        <v>142</v>
       </c>
       <c r="C252" t="s">
-        <v>330</v>
+        <v>182</v>
       </c>
       <c r="D252" t="s">
-        <v>331</v>
+        <v>252</v>
       </c>
       <c r="E252">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F252" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="G252">
-        <v>632</v>
+        <v>614</v>
       </c>
       <c r="H252" t="s">
-        <v>434</v>
+        <v>378</v>
       </c>
       <c r="I252" t="s">
-        <v>82</v>
+        <v>107</v>
       </c>
     </row>
     <row r="253" spans="1:9">
       <c r="A253" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>325</v>
+      </c>
+      <c r="B253">
+        <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>435</v>
+        <v>227</v>
       </c>
       <c r="D253" t="s">
-        <v>364</v>
+        <v>71</v>
       </c>
       <c r="E253">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F253" t="s">
-        <v>94</v>
+        <v>19</v>
       </c>
       <c r="G253">
-        <v>641</v>
+        <v>622</v>
       </c>
       <c r="H253" t="s">
-        <v>436</v>
+        <v>379</v>
       </c>
       <c r="I253" t="s">
-        <v>379</v>
+        <v>91</v>
       </c>
     </row>
     <row r="254" spans="1:9">
       <c r="A254" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>325</v>
+      </c>
+      <c r="B254" t="s">
+        <v>146</v>
       </c>
       <c r="C254" t="s">
-        <v>437</v>
+        <v>147</v>
       </c>
       <c r="D254" t="s">
-        <v>438</v>
+        <v>148</v>
       </c>
       <c r="E254">
         <v>1</v>
       </c>
       <c r="F254" t="s">
-        <v>111</v>
+        <v>62</v>
       </c>
       <c r="G254">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="H254" t="s">
-        <v>439</v>
+        <v>380</v>
       </c>
       <c r="I254" t="s">
-        <v>440</v>
+        <v>151</v>
       </c>
     </row>
     <row r="255" spans="1:9">
       <c r="A255" t="s">
-        <v>421</v>
+        <v>325</v>
       </c>
       <c r="B255" t="s">
-        <v>29</v>
+        <v>146</v>
       </c>
       <c r="C255" t="s">
-        <v>441</v>
+        <v>42</v>
       </c>
       <c r="D255" t="s">
-        <v>442</v>
+        <v>38</v>
       </c>
       <c r="E255">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F255" t="s">
-        <v>178</v>
+        <v>39</v>
       </c>
       <c r="G255">
-        <v>611</v>
+        <v>621</v>
       </c>
       <c r="H255" t="s">
-        <v>443</v>
+        <v>381</v>
       </c>
       <c r="I255" t="s">
-        <v>140</v>
+        <v>41</v>
       </c>
     </row>
     <row r="256" spans="1:9">
       <c r="A256" t="s">
-        <v>421</v>
+        <v>325</v>
       </c>
       <c r="B256" t="s">
-        <v>29</v>
+        <v>146</v>
       </c>
       <c r="C256" t="s">
-        <v>151</v>
+        <v>227</v>
       </c>
       <c r="D256" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="E256">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F256" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G256">
-        <v>612</v>
+        <v>621</v>
       </c>
       <c r="H256" t="s">
-        <v>78</v>
+        <v>379</v>
       </c>
       <c r="I256" t="s">
-        <v>75</v>
+        <v>91</v>
       </c>
     </row>
     <row r="257" spans="1:9">
       <c r="A257" t="s">
-        <v>421</v>
+        <v>325</v>
       </c>
       <c r="B257" t="s">
-        <v>29</v>
+        <v>146</v>
       </c>
       <c r="C257" t="s">
-        <v>423</v>
+        <v>152</v>
       </c>
       <c r="D257" t="s">
-        <v>119</v>
+        <v>153</v>
       </c>
       <c r="E257">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F257" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G257">
-        <v>613</v>
+        <v>622</v>
       </c>
       <c r="H257" t="s">
-        <v>444</v>
+        <v>382</v>
       </c>
       <c r="I257" t="s">
-        <v>425</v>
+        <v>127</v>
       </c>
     </row>
     <row r="258" spans="1:9">
       <c r="A258" t="s">
-        <v>421</v>
+        <v>325</v>
       </c>
       <c r="B258" t="s">
-        <v>29</v>
+        <v>146</v>
       </c>
       <c r="C258" t="s">
-        <v>423</v>
+        <v>383</v>
       </c>
       <c r="D258" t="s">
-        <v>119</v>
+        <v>159</v>
       </c>
       <c r="E258">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F258" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="G258">
-        <v>614</v>
+        <v>631</v>
       </c>
       <c r="H258" t="s">
-        <v>445</v>
+        <v>384</v>
       </c>
       <c r="I258" t="s">
-        <v>425</v>
+        <v>68</v>
       </c>
     </row>
     <row r="259" spans="1:9">
       <c r="A259" t="s">
-        <v>421</v>
+        <v>325</v>
       </c>
       <c r="B259" t="s">
-        <v>29</v>
+        <v>146</v>
       </c>
       <c r="C259" t="s">
-        <v>446</v>
+        <v>184</v>
       </c>
       <c r="D259" t="s">
-        <v>272</v>
+        <v>185</v>
       </c>
       <c r="E259">
         <v>4</v>
       </c>
       <c r="F259" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="G259">
-        <v>642</v>
-[...3 lines deleted...]
-      </c>
+        <v>641</v>
+      </c>
+      <c r="H259"/>
       <c r="I259" t="s">
-        <v>121</v>
+        <v>385</v>
       </c>
     </row>
     <row r="260" spans="1:9">
       <c r="A260" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>325</v>
+      </c>
+      <c r="B260" t="s">
+        <v>146</v>
       </c>
       <c r="C260" t="s">
-        <v>448</v>
+        <v>386</v>
       </c>
       <c r="D260" t="s">
-        <v>449</v>
+        <v>387</v>
       </c>
       <c r="E260">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F260" t="s">
-        <v>178</v>
+        <v>69</v>
       </c>
       <c r="G260">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="H260" t="s">
-        <v>433</v>
+        <v>388</v>
       </c>
       <c r="I260" t="s">
-        <v>53</v>
+        <v>389</v>
       </c>
     </row>
     <row r="261" spans="1:9">
       <c r="A261" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>13.0</v>
+        <v>325</v>
+      </c>
+      <c r="B261" t="s">
+        <v>146</v>
       </c>
       <c r="C261" t="s">
-        <v>136</v>
+        <v>201</v>
       </c>
       <c r="D261" t="s">
-        <v>137</v>
+        <v>202</v>
       </c>
       <c r="E261">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F261" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="G261">
-        <v>611</v>
+        <v>641</v>
       </c>
       <c r="H261" t="s">
-        <v>139</v>
+        <v>390</v>
       </c>
       <c r="I261" t="s">
-        <v>140</v>
+        <v>41</v>
       </c>
     </row>
     <row r="262" spans="1:9">
       <c r="A262" t="s">
-        <v>421</v>
+        <v>391</v>
       </c>
       <c r="B262" t="s">
-        <v>107</v>
+        <v>31</v>
       </c>
       <c r="C262" t="s">
-        <v>136</v>
+        <v>182</v>
       </c>
       <c r="D262" t="s">
-        <v>284</v>
+        <v>252</v>
       </c>
       <c r="E262">
         <v>1</v>
       </c>
       <c r="F262" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
       <c r="G262">
         <v>611</v>
       </c>
       <c r="H262" t="s">
-        <v>450</v>
+        <v>295</v>
       </c>
       <c r="I262" t="s">
-        <v>286</v>
+        <v>107</v>
       </c>
     </row>
     <row r="263" spans="1:9">
       <c r="A263" t="s">
-        <v>421</v>
+        <v>391</v>
       </c>
       <c r="B263" t="s">
-        <v>107</v>
+        <v>10</v>
       </c>
       <c r="C263" t="s">
-        <v>451</v>
+        <v>392</v>
       </c>
       <c r="D263" t="s">
-        <v>452</v>
+        <v>393</v>
       </c>
       <c r="E263">
         <v>4</v>
       </c>
       <c r="F263" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="G263">
         <v>641</v>
       </c>
       <c r="H263" t="s">
-        <v>216</v>
+        <v>394</v>
       </c>
       <c r="I263" t="s">
-        <v>354</v>
+        <v>77</v>
       </c>
     </row>
     <row r="264" spans="1:9">
       <c r="A264" t="s">
-        <v>421</v>
+        <v>391</v>
       </c>
       <c r="B264" t="s">
-        <v>123</v>
+        <v>16</v>
       </c>
       <c r="C264" t="s">
-        <v>431</v>
+        <v>395</v>
       </c>
       <c r="D264" t="s">
-        <v>248</v>
+        <v>396</v>
       </c>
       <c r="E264">
         <v>3</v>
       </c>
       <c r="F264" t="s">
-        <v>13</v>
+        <v>78</v>
       </c>
       <c r="G264">
-        <v>632</v>
+        <v>631</v>
       </c>
       <c r="H264" t="s">
-        <v>432</v>
+        <v>397</v>
       </c>
       <c r="I264" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
     </row>
     <row r="265" spans="1:9">
       <c r="A265" t="s">
-        <v>421</v>
+        <v>391</v>
       </c>
       <c r="B265" t="s">
-        <v>123</v>
+        <v>16</v>
       </c>
       <c r="C265" t="s">
-        <v>446</v>
+        <v>398</v>
       </c>
       <c r="D265" t="s">
-        <v>272</v>
+        <v>399</v>
       </c>
       <c r="E265">
         <v>4</v>
       </c>
       <c r="F265" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G265">
-        <v>641</v>
-[...3 lines deleted...]
-      </c>
+        <v>642</v>
+      </c>
+      <c r="H265"/>
       <c r="I265" t="s">
-        <v>121</v>
+        <v>400</v>
       </c>
     </row>
     <row r="266" spans="1:9">
       <c r="A266" t="s">
-        <v>421</v>
+        <v>391</v>
       </c>
       <c r="B266" t="s">
-        <v>179</v>
+        <v>21</v>
       </c>
       <c r="C266" t="s">
-        <v>151</v>
+        <v>401</v>
       </c>
       <c r="D266" t="s">
-        <v>287</v>
+        <v>402</v>
       </c>
       <c r="E266">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F266" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
       <c r="G266">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="H266" t="s">
-        <v>454</v>
+        <v>403</v>
       </c>
       <c r="I266" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
     </row>
     <row r="267" spans="1:9">
       <c r="A267" t="s">
-        <v>421</v>
+        <v>391</v>
       </c>
       <c r="B267" t="s">
-        <v>455</v>
+        <v>21</v>
       </c>
       <c r="C267" t="s">
-        <v>423</v>
+        <v>404</v>
       </c>
       <c r="D267" t="s">
-        <v>119</v>
+        <v>71</v>
       </c>
       <c r="E267">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F267" t="s">
-        <v>128</v>
+        <v>27</v>
       </c>
       <c r="G267">
-        <v>611</v>
+        <v>631</v>
       </c>
       <c r="H267" t="s">
-        <v>456</v>
+        <v>405</v>
       </c>
       <c r="I267" t="s">
-        <v>425</v>
+        <v>91</v>
       </c>
     </row>
     <row r="268" spans="1:9">
       <c r="A268" t="s">
-        <v>421</v>
+        <v>391</v>
       </c>
       <c r="B268" t="s">
-        <v>457</v>
+        <v>21</v>
       </c>
       <c r="C268" t="s">
-        <v>423</v>
+        <v>366</v>
       </c>
       <c r="D268" t="s">
-        <v>119</v>
+        <v>348</v>
       </c>
       <c r="E268">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F268" t="s">
-        <v>36</v>
+        <v>62</v>
       </c>
       <c r="G268">
-        <v>612</v>
+        <v>632</v>
       </c>
       <c r="H268" t="s">
-        <v>458</v>
+        <v>406</v>
       </c>
       <c r="I268" t="s">
-        <v>425</v>
+        <v>83</v>
       </c>
     </row>
     <row r="269" spans="1:9">
       <c r="A269" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>391</v>
+      </c>
+      <c r="B269" t="s">
+        <v>21</v>
       </c>
       <c r="C269" t="s">
-        <v>151</v>
+        <v>336</v>
       </c>
       <c r="D269" t="s">
-        <v>287</v>
+        <v>337</v>
       </c>
       <c r="E269">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F269" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G269">
-        <v>614</v>
-[...3 lines deleted...]
-      </c>
+        <v>633</v>
+      </c>
+      <c r="H269"/>
       <c r="I269" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
     </row>
     <row r="270" spans="1:9">
       <c r="A270" t="s">
-        <v>421</v>
+        <v>391</v>
       </c>
       <c r="B270" t="s">
-        <v>131</v>
+        <v>21</v>
       </c>
       <c r="C270" t="s">
-        <v>196</v>
+        <v>407</v>
       </c>
       <c r="D270" t="s">
-        <v>197</v>
+        <v>408</v>
       </c>
       <c r="E270">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F270" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="G270">
-        <v>622</v>
+        <v>641</v>
       </c>
       <c r="H270" t="s">
-        <v>459</v>
+        <v>409</v>
       </c>
       <c r="I270" t="s">
-        <v>15</v>
+        <v>41</v>
       </c>
     </row>
     <row r="271" spans="1:9">
       <c r="A271" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>391</v>
+      </c>
+      <c r="B271" t="s">
+        <v>29</v>
       </c>
       <c r="C271" t="s">
-        <v>324</v>
+        <v>147</v>
       </c>
       <c r="D271" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="E271">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F271" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="G271">
-        <v>631</v>
+        <v>611</v>
       </c>
       <c r="H271" t="s">
-        <v>309</v>
+        <v>410</v>
       </c>
       <c r="I271" t="s">
-        <v>82</v>
+        <v>300</v>
       </c>
     </row>
     <row r="272" spans="1:9">
       <c r="A272" t="s">
-        <v>421</v>
+        <v>391</v>
       </c>
       <c r="B272" t="s">
-        <v>135</v>
+        <v>29</v>
       </c>
       <c r="C272" t="s">
-        <v>151</v>
+        <v>282</v>
       </c>
       <c r="D272" t="s">
-        <v>317</v>
+        <v>283</v>
       </c>
       <c r="E272">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F272" t="s">
-        <v>138</v>
+        <v>13</v>
       </c>
       <c r="G272">
-        <v>612</v>
-[...3 lines deleted...]
-      </c>
+        <v>623</v>
+      </c>
+      <c r="H272"/>
       <c r="I272" t="s">
-        <v>63</v>
+        <v>120</v>
       </c>
     </row>
     <row r="273" spans="1:9">
       <c r="A273" t="s">
-        <v>421</v>
+        <v>391</v>
       </c>
       <c r="B273" t="s">
-        <v>135</v>
+        <v>29</v>
       </c>
       <c r="C273" t="s">
-        <v>220</v>
+        <v>248</v>
       </c>
       <c r="D273" t="s">
-        <v>69</v>
+        <v>249</v>
       </c>
       <c r="E273">
         <v>2</v>
       </c>
       <c r="F273" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="G273">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="H273" t="s">
-        <v>368</v>
+        <v>411</v>
       </c>
       <c r="I273" t="s">
-        <v>82</v>
+        <v>102</v>
       </c>
     </row>
     <row r="274" spans="1:9">
       <c r="A274" t="s">
-        <v>421</v>
+        <v>391</v>
       </c>
       <c r="B274" t="s">
-        <v>135</v>
+        <v>115</v>
       </c>
       <c r="C274" t="s">
-        <v>419</v>
+        <v>412</v>
       </c>
       <c r="D274" t="s">
-        <v>167</v>
+        <v>187</v>
       </c>
       <c r="E274">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F274" t="s">
         <v>36</v>
       </c>
       <c r="G274">
-        <v>633</v>
+        <v>622</v>
       </c>
       <c r="H274" t="s">
-        <v>420</v>
+        <v>413</v>
       </c>
       <c r="I274" t="s">
-        <v>86</v>
+        <v>15</v>
       </c>
     </row>
     <row r="275" spans="1:9">
       <c r="A275" t="s">
-        <v>460</v>
+        <v>391</v>
       </c>
       <c r="B275" t="s">
-        <v>31</v>
+        <v>115</v>
       </c>
       <c r="C275" t="s">
-        <v>22</v>
+        <v>414</v>
       </c>
       <c r="D275" t="s">
-        <v>366</v>
+        <v>329</v>
       </c>
       <c r="E275">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F275" t="s">
-        <v>56</v>
+        <v>36</v>
       </c>
       <c r="G275">
-        <v>611</v>
+        <v>641</v>
       </c>
       <c r="H275" t="s">
-        <v>461</v>
+        <v>415</v>
       </c>
       <c r="I275" t="s">
-        <v>106</v>
+        <v>131</v>
       </c>
     </row>
     <row r="276" spans="1:9">
       <c r="A276" t="s">
-        <v>460</v>
+        <v>391</v>
       </c>
       <c r="B276" t="s">
-        <v>31</v>
+        <v>115</v>
       </c>
       <c r="C276" t="s">
-        <v>32</v>
+        <v>171</v>
       </c>
       <c r="D276" t="s">
-        <v>201</v>
+        <v>172</v>
       </c>
       <c r="E276">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F276" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="G276">
-        <v>611</v>
+        <v>643</v>
       </c>
       <c r="H276" t="s">
-        <v>462</v>
+        <v>145</v>
       </c>
       <c r="I276" t="s">
-        <v>379</v>
+        <v>174</v>
       </c>
     </row>
     <row r="277" spans="1:9">
       <c r="A277" t="s">
-        <v>460</v>
+        <v>391</v>
       </c>
       <c r="B277" t="s">
-        <v>31</v>
+        <v>142</v>
       </c>
       <c r="C277" t="s">
-        <v>334</v>
+        <v>412</v>
       </c>
       <c r="D277" t="s">
-        <v>133</v>
+        <v>187</v>
       </c>
       <c r="E277">
         <v>2</v>
       </c>
       <c r="F277" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="G277">
         <v>623</v>
       </c>
       <c r="H277" t="s">
-        <v>335</v>
+        <v>416</v>
       </c>
       <c r="I277" t="s">
-        <v>86</v>
+        <v>26</v>
       </c>
     </row>
     <row r="278" spans="1:9">
       <c r="A278" t="s">
-        <v>460</v>
+        <v>391</v>
       </c>
       <c r="B278" t="s">
-        <v>31</v>
+        <v>142</v>
       </c>
       <c r="C278" t="s">
-        <v>401</v>
+        <v>204</v>
       </c>
       <c r="D278" t="s">
-        <v>177</v>
+        <v>205</v>
       </c>
       <c r="E278">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F278" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="G278">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="H278" t="s">
-        <v>216</v>
+        <v>417</v>
       </c>
       <c r="I278" t="s">
-        <v>205</v>
+        <v>15</v>
       </c>
     </row>
     <row r="279" spans="1:9">
       <c r="A279" t="s">
-        <v>460</v>
+        <v>391</v>
       </c>
       <c r="B279" t="s">
-        <v>31</v>
+        <v>142</v>
       </c>
       <c r="C279" t="s">
-        <v>463</v>
+        <v>414</v>
       </c>
       <c r="D279" t="s">
-        <v>464</v>
+        <v>329</v>
       </c>
       <c r="E279">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F279" t="s">
-        <v>111</v>
+        <v>36</v>
       </c>
       <c r="G279">
-        <v>631</v>
+        <v>642</v>
       </c>
       <c r="H279" t="s">
-        <v>465</v>
+        <v>418</v>
       </c>
       <c r="I279" t="s">
-        <v>58</v>
+        <v>131</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280" t="s">
-        <v>460</v>
+        <v>391</v>
       </c>
       <c r="B280" t="s">
-        <v>16</v>
+        <v>146</v>
       </c>
       <c r="C280" t="s">
-        <v>22</v>
+        <v>147</v>
       </c>
       <c r="D280" t="s">
-        <v>104</v>
+        <v>148</v>
       </c>
       <c r="E280">
         <v>1</v>
       </c>
       <c r="F280" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="G280">
         <v>611</v>
       </c>
       <c r="H280" t="s">
-        <v>466</v>
+        <v>150</v>
       </c>
       <c r="I280" t="s">
-        <v>106</v>
+        <v>151</v>
       </c>
     </row>
     <row r="281" spans="1:9">
       <c r="A281" t="s">
-        <v>460</v>
+        <v>391</v>
       </c>
       <c r="B281" t="s">
-        <v>16</v>
+        <v>146</v>
       </c>
       <c r="C281" t="s">
-        <v>141</v>
+        <v>248</v>
       </c>
       <c r="D281" t="s">
-        <v>142</v>
+        <v>334</v>
       </c>
       <c r="E281">
         <v>2</v>
       </c>
       <c r="F281" t="s">
-        <v>36</v>
+        <v>62</v>
       </c>
       <c r="G281">
-        <v>622</v>
+        <v>621</v>
       </c>
       <c r="H281" t="s">
-        <v>467</v>
+        <v>419</v>
       </c>
       <c r="I281" t="s">
-        <v>121</v>
+        <v>114</v>
       </c>
     </row>
     <row r="282" spans="1:9">
       <c r="A282" t="s">
-        <v>460</v>
+        <v>391</v>
       </c>
       <c r="B282" t="s">
-        <v>16</v>
+        <v>146</v>
       </c>
       <c r="C282" t="s">
-        <v>468</v>
+        <v>152</v>
       </c>
       <c r="D282" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="E282">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F282" t="s">
-        <v>56</v>
+        <v>36</v>
       </c>
       <c r="G282">
-        <v>641</v>
+        <v>621</v>
       </c>
       <c r="H282" t="s">
-        <v>469</v>
+        <v>14</v>
       </c>
       <c r="I282" t="s">
-        <v>75</v>
+        <v>127</v>
       </c>
     </row>
     <row r="283" spans="1:9">
       <c r="A283" t="s">
-        <v>460</v>
+        <v>391</v>
       </c>
       <c r="B283" t="s">
-        <v>21</v>
+        <v>146</v>
       </c>
       <c r="C283" t="s">
-        <v>54</v>
+        <v>383</v>
       </c>
       <c r="D283" t="s">
-        <v>55</v>
+        <v>159</v>
       </c>
       <c r="E283">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F283" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="G283">
-        <v>621</v>
-[...3 lines deleted...]
-      </c>
+        <v>632</v>
+      </c>
+      <c r="H283"/>
       <c r="I283" t="s">
-        <v>26</v>
+        <v>102</v>
       </c>
     </row>
     <row r="284" spans="1:9">
       <c r="A284" t="s">
-        <v>460</v>
+        <v>391</v>
       </c>
       <c r="B284" t="s">
-        <v>21</v>
+        <v>146</v>
       </c>
       <c r="C284" t="s">
-        <v>54</v>
+        <v>420</v>
       </c>
       <c r="D284" t="s">
-        <v>55</v>
+        <v>421</v>
       </c>
       <c r="E284">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F284" t="s">
-        <v>61</v>
+        <v>78</v>
       </c>
       <c r="G284">
-        <v>622</v>
-[...3 lines deleted...]
-      </c>
+        <v>641</v>
+      </c>
+      <c r="H284"/>
       <c r="I284" t="s">
-        <v>26</v>
+        <v>257</v>
       </c>
     </row>
     <row r="285" spans="1:9">
       <c r="A285" t="s">
-        <v>460</v>
+        <v>422</v>
       </c>
       <c r="B285" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="C285" t="s">
-        <v>470</v>
+        <v>204</v>
       </c>
       <c r="D285" t="s">
-        <v>159</v>
+        <v>205</v>
       </c>
       <c r="E285">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F285" t="s">
-        <v>56</v>
+        <v>69</v>
       </c>
       <c r="G285">
-        <v>631</v>
+        <v>621</v>
       </c>
       <c r="H285" t="s">
-        <v>160</v>
+        <v>423</v>
       </c>
       <c r="I285" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
     </row>
     <row r="286" spans="1:9">
       <c r="A286" t="s">
-        <v>460</v>
+        <v>422</v>
       </c>
       <c r="B286" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="C286" t="s">
-        <v>471</v>
+        <v>424</v>
       </c>
       <c r="D286" t="s">
-        <v>472</v>
+        <v>425</v>
       </c>
       <c r="E286">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F286" t="s">
-        <v>27</v>
+        <v>78</v>
       </c>
       <c r="G286">
-        <v>631</v>
-[...1 lines deleted...]
-      <c r="H286"/>
+        <v>621</v>
+      </c>
+      <c r="H286" t="s">
+        <v>426</v>
+      </c>
       <c r="I286" t="s">
-        <v>473</v>
+        <v>102</v>
       </c>
     </row>
     <row r="287" spans="1:9">
       <c r="A287" t="s">
-        <v>460</v>
+        <v>422</v>
       </c>
       <c r="B287" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="C287" t="s">
-        <v>474</v>
+        <v>195</v>
       </c>
       <c r="D287" t="s">
-        <v>232</v>
+        <v>196</v>
       </c>
       <c r="E287">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F287" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="G287">
-        <v>641</v>
+        <v>621</v>
       </c>
       <c r="H287" t="s">
-        <v>475</v>
+        <v>197</v>
       </c>
       <c r="I287" t="s">
-        <v>82</v>
+        <v>114</v>
       </c>
     </row>
     <row r="288" spans="1:9">
       <c r="A288" t="s">
-        <v>460</v>
+        <v>422</v>
       </c>
       <c r="B288" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="C288" t="s">
-        <v>474</v>
+        <v>369</v>
       </c>
       <c r="D288" t="s">
-        <v>232</v>
+        <v>370</v>
       </c>
       <c r="E288">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F288" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="G288">
-        <v>642</v>
+        <v>632</v>
       </c>
       <c r="H288" t="s">
-        <v>476</v>
+        <v>371</v>
       </c>
       <c r="I288" t="s">
-        <v>82</v>
+        <v>372</v>
       </c>
     </row>
     <row r="289" spans="1:9">
       <c r="A289" t="s">
-        <v>460</v>
+        <v>422</v>
       </c>
       <c r="B289" t="s">
-        <v>83</v>
+        <v>16</v>
       </c>
       <c r="C289" t="s">
-        <v>477</v>
+        <v>427</v>
       </c>
       <c r="D289" t="s">
-        <v>478</v>
+        <v>153</v>
       </c>
       <c r="E289">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F289" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="G289">
-        <v>641</v>
-[...1 lines deleted...]
-      <c r="H289"/>
+        <v>634</v>
+      </c>
+      <c r="H289" t="s">
+        <v>428</v>
+      </c>
       <c r="I289" t="s">
-        <v>45</v>
+        <v>127</v>
       </c>
     </row>
     <row r="290" spans="1:9">
       <c r="A290" t="s">
-        <v>460</v>
+        <v>422</v>
       </c>
       <c r="B290" t="s">
-        <v>83</v>
+        <v>115</v>
       </c>
       <c r="C290" t="s">
-        <v>477</v>
+        <v>147</v>
       </c>
       <c r="D290" t="s">
-        <v>478</v>
+        <v>298</v>
       </c>
       <c r="E290">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F290" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="G290">
-        <v>643</v>
-[...1 lines deleted...]
-      <c r="H290"/>
+        <v>611</v>
+      </c>
+      <c r="H290" t="s">
+        <v>429</v>
+      </c>
       <c r="I290" t="s">
-        <v>45</v>
+        <v>300</v>
       </c>
     </row>
     <row r="291" spans="1:9">
       <c r="A291" t="s">
-        <v>460</v>
+        <v>422</v>
       </c>
       <c r="B291" t="s">
-        <v>29</v>
+        <v>142</v>
       </c>
       <c r="C291" t="s">
-        <v>22</v>
+        <v>204</v>
       </c>
       <c r="D291" t="s">
-        <v>366</v>
+        <v>222</v>
       </c>
       <c r="E291">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F291" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="G291">
-        <v>611</v>
+        <v>621</v>
       </c>
       <c r="H291" t="s">
-        <v>479</v>
+        <v>430</v>
       </c>
       <c r="I291" t="s">
-        <v>106</v>
+        <v>26</v>
       </c>
     </row>
     <row r="292" spans="1:9">
       <c r="A292" t="s">
-        <v>460</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>422</v>
+      </c>
+      <c r="B292">
+        <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>319</v>
+        <v>412</v>
       </c>
       <c r="D292" t="s">
-        <v>320</v>
+        <v>187</v>
       </c>
       <c r="E292">
         <v>2</v>
       </c>
       <c r="F292" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="G292">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="H292" t="s">
-        <v>480</v>
+        <v>413</v>
       </c>
       <c r="I292" t="s">
-        <v>93</v>
+        <v>107</v>
       </c>
     </row>
     <row r="293" spans="1:9">
       <c r="A293" t="s">
-        <v>460</v>
+        <v>422</v>
       </c>
       <c r="B293" t="s">
-        <v>29</v>
+        <v>146</v>
       </c>
       <c r="C293" t="s">
-        <v>41</v>
+        <v>431</v>
       </c>
       <c r="D293" t="s">
-        <v>42</v>
+        <v>177</v>
       </c>
       <c r="E293">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F293" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="G293">
-        <v>623</v>
+        <v>631</v>
       </c>
       <c r="H293" t="s">
+        <v>432</v>
+      </c>
+      <c r="I293" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="294" spans="1:9">
       <c r="A294" t="s">
-        <v>460</v>
+        <v>433</v>
       </c>
       <c r="B294" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C294" t="s">
-        <v>279</v>
+        <v>434</v>
       </c>
       <c r="D294" t="s">
-        <v>280</v>
+        <v>125</v>
       </c>
       <c r="E294">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F294" t="s">
-        <v>61</v>
+        <v>36</v>
       </c>
       <c r="G294">
-        <v>632</v>
+        <v>611</v>
       </c>
       <c r="H294" t="s">
-        <v>481</v>
+        <v>435</v>
       </c>
       <c r="I294" t="s">
-        <v>121</v>
+        <v>436</v>
       </c>
     </row>
     <row r="295" spans="1:9">
       <c r="A295" t="s">
-        <v>460</v>
+        <v>433</v>
       </c>
       <c r="B295" t="s">
+        <v>31</v>
+      </c>
+      <c r="C295" t="s">
+        <v>96</v>
+      </c>
+      <c r="D295" t="s">
+        <v>252</v>
+      </c>
+      <c r="E295">
+        <v>1</v>
+      </c>
+      <c r="F295" t="s">
+        <v>69</v>
+      </c>
+      <c r="G295">
+        <v>611</v>
+      </c>
+      <c r="H295" t="s">
+        <v>437</v>
+      </c>
+      <c r="I295" t="s">
         <v>107</v>
-      </c>
-[...17 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="296" spans="1:9">
       <c r="A296" t="s">
-        <v>460</v>
+        <v>433</v>
       </c>
       <c r="B296" t="s">
-        <v>107</v>
+        <v>16</v>
       </c>
       <c r="C296" t="s">
-        <v>282</v>
+        <v>438</v>
       </c>
       <c r="D296" t="s">
-        <v>162</v>
+        <v>439</v>
       </c>
       <c r="E296">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F296" t="s">
-        <v>178</v>
+        <v>79</v>
       </c>
       <c r="G296">
-        <v>632</v>
+        <v>611</v>
       </c>
       <c r="H296" t="s">
-        <v>134</v>
+        <v>440</v>
       </c>
       <c r="I296" t="s">
-        <v>164</v>
+        <v>151</v>
       </c>
     </row>
     <row r="297" spans="1:9">
       <c r="A297" t="s">
-        <v>460</v>
+        <v>433</v>
       </c>
       <c r="B297" t="s">
-        <v>107</v>
+        <v>16</v>
       </c>
       <c r="C297" t="s">
-        <v>482</v>
+        <v>227</v>
       </c>
       <c r="D297" t="s">
-        <v>115</v>
+        <v>71</v>
       </c>
       <c r="E297">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F297" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="G297">
-        <v>641</v>
+        <v>621</v>
       </c>
       <c r="H297" t="s">
-        <v>386</v>
+        <v>379</v>
       </c>
       <c r="I297" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
     </row>
     <row r="298" spans="1:9">
       <c r="A298" t="s">
-        <v>460</v>
+        <v>433</v>
       </c>
       <c r="B298" t="s">
-        <v>107</v>
+        <v>16</v>
       </c>
       <c r="C298" t="s">
-        <v>482</v>
+        <v>248</v>
       </c>
       <c r="D298" t="s">
-        <v>115</v>
+        <v>334</v>
       </c>
       <c r="E298">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F298" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
       <c r="G298">
-        <v>642</v>
-[...3 lines deleted...]
-      </c>
+        <v>623</v>
+      </c>
+      <c r="H298"/>
       <c r="I298" t="s">
-        <v>99</v>
+        <v>26</v>
       </c>
     </row>
     <row r="299" spans="1:9">
       <c r="A299" t="s">
-        <v>460</v>
+        <v>433</v>
       </c>
       <c r="B299" t="s">
-        <v>131</v>
+        <v>16</v>
       </c>
       <c r="C299" t="s">
-        <v>172</v>
+        <v>441</v>
       </c>
       <c r="D299" t="s">
-        <v>240</v>
+        <v>294</v>
       </c>
       <c r="E299">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F299" t="s">
-        <v>52</v>
+        <v>24</v>
       </c>
       <c r="G299">
-        <v>612</v>
+        <v>631</v>
       </c>
       <c r="H299" t="s">
-        <v>483</v>
+        <v>442</v>
       </c>
       <c r="I299" t="s">
-        <v>99</v>
+        <v>289</v>
       </c>
     </row>
     <row r="300" spans="1:9">
       <c r="A300" t="s">
-        <v>460</v>
-[...2 lines deleted...]
-        <v>131</v>
+        <v>433</v>
+      </c>
+      <c r="B300">
+        <v>10</v>
       </c>
       <c r="C300" t="s">
-        <v>401</v>
+        <v>161</v>
       </c>
       <c r="D300" t="s">
-        <v>177</v>
+        <v>81</v>
       </c>
       <c r="E300">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F300" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G300">
-        <v>621</v>
+        <v>611</v>
       </c>
       <c r="H300" t="s">
-        <v>484</v>
+        <v>86</v>
       </c>
       <c r="I300" t="s">
-        <v>205</v>
+        <v>83</v>
       </c>
     </row>
     <row r="301" spans="1:9">
       <c r="A301" t="s">
-        <v>460</v>
-[...2 lines deleted...]
-        <v>131</v>
+        <v>433</v>
+      </c>
+      <c r="B301">
+        <v>10.0</v>
       </c>
       <c r="C301" t="s">
-        <v>292</v>
+        <v>443</v>
       </c>
       <c r="D301" t="s">
-        <v>197</v>
+        <v>444</v>
       </c>
       <c r="E301">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F301" t="s">
-        <v>178</v>
+        <v>39</v>
       </c>
       <c r="G301">
-        <v>622</v>
+        <v>631</v>
       </c>
       <c r="H301" t="s">
-        <v>485</v>
+        <v>445</v>
       </c>
       <c r="I301" t="s">
-        <v>15</v>
+        <v>41</v>
       </c>
     </row>
     <row r="302" spans="1:9">
       <c r="A302" t="s">
-        <v>460</v>
+        <v>433</v>
       </c>
       <c r="B302" t="s">
-        <v>131</v>
+        <v>21</v>
       </c>
       <c r="C302" t="s">
-        <v>486</v>
+        <v>345</v>
       </c>
       <c r="D302" t="s">
-        <v>162</v>
+        <v>144</v>
       </c>
       <c r="E302">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F302" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="G302">
-        <v>632</v>
+        <v>622</v>
       </c>
       <c r="H302" t="s">
-        <v>487</v>
+        <v>346</v>
       </c>
       <c r="I302" t="s">
-        <v>164</v>
+        <v>271</v>
       </c>
     </row>
     <row r="303" spans="1:9">
       <c r="A303" t="s">
-        <v>460</v>
+        <v>433</v>
       </c>
       <c r="B303" t="s">
-        <v>131</v>
+        <v>21</v>
       </c>
       <c r="C303" t="s">
-        <v>470</v>
+        <v>366</v>
       </c>
       <c r="D303" t="s">
-        <v>159</v>
+        <v>348</v>
       </c>
       <c r="E303">
         <v>3</v>
       </c>
       <c r="F303" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="G303">
-        <v>632</v>
+        <v>631</v>
       </c>
       <c r="H303" t="s">
-        <v>160</v>
+        <v>446</v>
       </c>
       <c r="I303" t="s">
-        <v>67</v>
+        <v>77</v>
       </c>
     </row>
     <row r="304" spans="1:9">
       <c r="A304" t="s">
-        <v>460</v>
+        <v>433</v>
       </c>
       <c r="B304" t="s">
-        <v>131</v>
+        <v>21</v>
       </c>
       <c r="C304" t="s">
-        <v>477</v>
+        <v>447</v>
       </c>
       <c r="D304" t="s">
-        <v>478</v>
+        <v>260</v>
       </c>
       <c r="E304">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F304" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="G304">
-        <v>632</v>
-[...1 lines deleted...]
-      <c r="H304"/>
+        <v>631</v>
+      </c>
+      <c r="H304" t="s">
+        <v>448</v>
+      </c>
       <c r="I304" t="s">
-        <v>45</v>
+        <v>99</v>
       </c>
     </row>
     <row r="305" spans="1:9">
       <c r="A305" t="s">
-        <v>460</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>433</v>
+      </c>
+      <c r="B305" t="s">
+        <v>21</v>
       </c>
       <c r="C305" t="s">
-        <v>188</v>
+        <v>342</v>
       </c>
       <c r="D305" t="s">
-        <v>189</v>
+        <v>343</v>
       </c>
       <c r="E305">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F305" t="s">
         <v>19</v>
       </c>
       <c r="G305">
-        <v>622</v>
+        <v>632</v>
       </c>
       <c r="H305" t="s">
-        <v>488</v>
+        <v>449</v>
       </c>
       <c r="I305" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
     </row>
     <row r="306" spans="1:9">
       <c r="A306" t="s">
-        <v>460</v>
+        <v>433</v>
       </c>
       <c r="B306" t="s">
-        <v>135</v>
+        <v>21</v>
       </c>
       <c r="C306" t="s">
-        <v>151</v>
+        <v>450</v>
       </c>
       <c r="D306" t="s">
-        <v>317</v>
+        <v>375</v>
       </c>
       <c r="E306">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F306" t="s">
-        <v>61</v>
+        <v>69</v>
       </c>
       <c r="G306">
-        <v>612</v>
+        <v>641</v>
       </c>
       <c r="H306" t="s">
-        <v>223</v>
+        <v>451</v>
       </c>
       <c r="I306" t="s">
-        <v>63</v>
+        <v>389</v>
       </c>
     </row>
     <row r="307" spans="1:9">
       <c r="A307" t="s">
-        <v>460</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>433</v>
+      </c>
+      <c r="B307">
+        <v>12</v>
       </c>
       <c r="C307" t="s">
-        <v>188</v>
+        <v>452</v>
       </c>
       <c r="D307" t="s">
-        <v>189</v>
+        <v>453</v>
       </c>
       <c r="E307">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F307" t="s">
-        <v>19</v>
+        <v>78</v>
       </c>
       <c r="G307">
-        <v>621</v>
+        <v>611</v>
       </c>
       <c r="H307" t="s">
-        <v>190</v>
+        <v>454</v>
       </c>
       <c r="I307" t="s">
-        <v>93</v>
+        <v>455</v>
       </c>
     </row>
     <row r="308" spans="1:9">
       <c r="A308" t="s">
-        <v>460</v>
+        <v>433</v>
       </c>
       <c r="B308" t="s">
-        <v>135</v>
+        <v>29</v>
       </c>
       <c r="C308" t="s">
-        <v>352</v>
+        <v>161</v>
       </c>
       <c r="D308" t="s">
-        <v>42</v>
+        <v>81</v>
       </c>
       <c r="E308">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F308" t="s">
-        <v>178</v>
+        <v>13</v>
       </c>
       <c r="G308">
-        <v>621</v>
+        <v>612</v>
       </c>
       <c r="H308" t="s">
-        <v>192</v>
+        <v>86</v>
       </c>
       <c r="I308" t="s">
-        <v>117</v>
+        <v>83</v>
       </c>
     </row>
     <row r="309" spans="1:9">
       <c r="A309" t="s">
-        <v>460</v>
+        <v>433</v>
       </c>
       <c r="B309" t="s">
-        <v>135</v>
+        <v>29</v>
       </c>
       <c r="C309" t="s">
-        <v>319</v>
+        <v>434</v>
       </c>
       <c r="D309" t="s">
-        <v>320</v>
+        <v>125</v>
       </c>
       <c r="E309">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F309" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="G309">
-        <v>624</v>
+        <v>613</v>
       </c>
       <c r="H309" t="s">
-        <v>400</v>
+        <v>456</v>
       </c>
       <c r="I309" t="s">
-        <v>93</v>
+        <v>436</v>
       </c>
     </row>
     <row r="310" spans="1:9">
       <c r="A310" t="s">
-        <v>460</v>
+        <v>433</v>
       </c>
       <c r="B310" t="s">
-        <v>135</v>
+        <v>29</v>
       </c>
       <c r="C310" t="s">
-        <v>489</v>
+        <v>434</v>
       </c>
       <c r="D310" t="s">
-        <v>101</v>
+        <v>125</v>
       </c>
       <c r="E310">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F310" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="G310">
-        <v>631</v>
+        <v>614</v>
       </c>
       <c r="H310" t="s">
-        <v>102</v>
+        <v>457</v>
       </c>
       <c r="I310" t="s">
-        <v>354</v>
+        <v>436</v>
       </c>
     </row>
     <row r="311" spans="1:9">
       <c r="A311" t="s">
-        <v>460</v>
+        <v>433</v>
       </c>
       <c r="B311" t="s">
-        <v>135</v>
+        <v>29</v>
       </c>
       <c r="C311" t="s">
-        <v>490</v>
+        <v>458</v>
       </c>
       <c r="D311" t="s">
-        <v>491</v>
+        <v>294</v>
       </c>
       <c r="E311">
         <v>4</v>
       </c>
       <c r="F311" t="s">
-        <v>39</v>
+        <v>62</v>
       </c>
       <c r="G311">
-        <v>641</v>
-[...1 lines deleted...]
-      <c r="H311"/>
+        <v>642</v>
+      </c>
+      <c r="H311" t="s">
+        <v>459</v>
+      </c>
       <c r="I311" t="s">
-        <v>20</v>
+        <v>127</v>
       </c>
     </row>
     <row r="312" spans="1:9">
       <c r="A312" t="s">
-        <v>492</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>433</v>
+      </c>
+      <c r="B312">
+        <v>13</v>
       </c>
       <c r="C312" t="s">
-        <v>419</v>
+        <v>460</v>
       </c>
       <c r="D312" t="s">
-        <v>167</v>
+        <v>461</v>
       </c>
       <c r="E312">
         <v>3</v>
       </c>
       <c r="F312" t="s">
-        <v>36</v>
+        <v>79</v>
       </c>
       <c r="G312">
-        <v>632</v>
+        <v>631</v>
       </c>
       <c r="H312" t="s">
-        <v>420</v>
+        <v>446</v>
       </c>
       <c r="I312" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
     </row>
     <row r="313" spans="1:9">
       <c r="A313" t="s">
-        <v>492</v>
-[...2 lines deleted...]
-        <v>107</v>
+        <v>433</v>
+      </c>
+      <c r="B313">
+        <v>13.0</v>
       </c>
       <c r="C313" t="s">
-        <v>493</v>
+        <v>147</v>
       </c>
       <c r="D313" t="s">
-        <v>494</v>
+        <v>148</v>
       </c>
       <c r="E313">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F313" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="G313">
-        <v>641</v>
+        <v>611</v>
       </c>
       <c r="H313" t="s">
-        <v>495</v>
+        <v>150</v>
       </c>
       <c r="I313" t="s">
-        <v>26</v>
+        <v>151</v>
       </c>
     </row>
     <row r="314" spans="1:9">
       <c r="A314" t="s">
-        <v>492</v>
+        <v>433</v>
       </c>
       <c r="B314" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="C314" t="s">
-        <v>493</v>
+        <v>147</v>
       </c>
       <c r="D314" t="s">
-        <v>494</v>
+        <v>298</v>
       </c>
       <c r="E314">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F314" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="G314">
-        <v>642</v>
+        <v>611</v>
       </c>
       <c r="H314" t="s">
-        <v>495</v>
+        <v>462</v>
       </c>
       <c r="I314" t="s">
-        <v>26</v>
+        <v>300</v>
       </c>
     </row>
     <row r="315" spans="1:9">
       <c r="A315" t="s">
-        <v>492</v>
+        <v>433</v>
       </c>
       <c r="B315" t="s">
-        <v>135</v>
+        <v>115</v>
       </c>
       <c r="C315" t="s">
-        <v>87</v>
+        <v>463</v>
       </c>
       <c r="D315" t="s">
-        <v>301</v>
+        <v>464</v>
       </c>
       <c r="E315">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F315" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="G315">
-        <v>611</v>
+        <v>641</v>
       </c>
       <c r="H315" t="s">
-        <v>496</v>
+        <v>225</v>
       </c>
       <c r="I315" t="s">
-        <v>325</v>
+        <v>309</v>
       </c>
     </row>
     <row r="316" spans="1:9">
       <c r="A316" t="s">
-        <v>497</v>
+        <v>433</v>
       </c>
       <c r="B316" t="s">
-        <v>16</v>
+        <v>132</v>
       </c>
       <c r="C316" t="s">
-        <v>416</v>
+        <v>447</v>
       </c>
       <c r="D316" t="s">
-        <v>142</v>
+        <v>260</v>
       </c>
       <c r="E316">
         <v>3</v>
       </c>
       <c r="F316" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G316">
-        <v>633</v>
+        <v>632</v>
       </c>
       <c r="H316" t="s">
-        <v>498</v>
+        <v>448</v>
       </c>
       <c r="I316" t="s">
-        <v>121</v>
+        <v>99</v>
       </c>
     </row>
     <row r="317" spans="1:9">
       <c r="A317" t="s">
-        <v>497</v>
+        <v>433</v>
       </c>
       <c r="B317" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="C317" t="s">
-        <v>419</v>
+        <v>458</v>
       </c>
       <c r="D317" t="s">
-        <v>167</v>
+        <v>294</v>
       </c>
       <c r="E317">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F317" t="s">
-        <v>36</v>
+        <v>62</v>
       </c>
       <c r="G317">
-        <v>634</v>
+        <v>641</v>
       </c>
       <c r="H317" t="s">
-        <v>420</v>
+        <v>465</v>
       </c>
       <c r="I317" t="s">
-        <v>86</v>
+        <v>127</v>
       </c>
     </row>
     <row r="318" spans="1:9">
       <c r="A318" t="s">
-        <v>499</v>
+        <v>433</v>
       </c>
       <c r="B318" t="s">
-        <v>31</v>
+        <v>136</v>
       </c>
       <c r="C318" t="s">
-        <v>41</v>
+        <v>161</v>
       </c>
       <c r="D318" t="s">
-        <v>500</v>
+        <v>301</v>
       </c>
       <c r="E318">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F318" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="G318">
-        <v>623</v>
+        <v>613</v>
       </c>
       <c r="H318" t="s">
-        <v>501</v>
+        <v>466</v>
       </c>
       <c r="I318" t="s">
-        <v>374</v>
+        <v>46</v>
       </c>
     </row>
     <row r="319" spans="1:9">
       <c r="A319" t="s">
-        <v>499</v>
+        <v>433</v>
       </c>
       <c r="B319" t="s">
-        <v>31</v>
+        <v>467</v>
       </c>
       <c r="C319" t="s">
-        <v>502</v>
+        <v>434</v>
       </c>
       <c r="D319" t="s">
-        <v>503</v>
+        <v>125</v>
       </c>
       <c r="E319">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F319" t="s">
-        <v>111</v>
+        <v>140</v>
       </c>
       <c r="G319">
-        <v>631</v>
-[...1 lines deleted...]
-      <c r="H319"/>
+        <v>611</v>
+      </c>
+      <c r="H319" t="s">
+        <v>468</v>
+      </c>
       <c r="I319" t="s">
-        <v>504</v>
+        <v>436</v>
       </c>
     </row>
     <row r="320" spans="1:9">
       <c r="A320" t="s">
-        <v>499</v>
+        <v>433</v>
       </c>
       <c r="B320" t="s">
-        <v>217</v>
+        <v>469</v>
       </c>
       <c r="C320" t="s">
-        <v>32</v>
+        <v>434</v>
       </c>
       <c r="D320" t="s">
-        <v>505</v>
+        <v>125</v>
       </c>
       <c r="E320">
         <v>1</v>
       </c>
       <c r="F320" t="s">
-        <v>94</v>
+        <v>36</v>
       </c>
       <c r="G320">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="H320" t="s">
-        <v>506</v>
+        <v>470</v>
       </c>
       <c r="I320" t="s">
-        <v>93</v>
+        <v>436</v>
       </c>
     </row>
     <row r="321" spans="1:9">
       <c r="A321" t="s">
-        <v>499</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>433</v>
+      </c>
+      <c r="B321">
+        <v>17</v>
       </c>
       <c r="C321" t="s">
-        <v>387</v>
+        <v>161</v>
       </c>
       <c r="D321" t="s">
-        <v>388</v>
+        <v>301</v>
       </c>
       <c r="E321">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F321" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="G321">
-        <v>641</v>
-[...1 lines deleted...]
-      <c r="H321"/>
+        <v>614</v>
+      </c>
+      <c r="H321" t="s">
+        <v>302</v>
+      </c>
       <c r="I321" t="s">
-        <v>389</v>
+        <v>46</v>
       </c>
     </row>
     <row r="322" spans="1:9">
       <c r="A322" t="s">
-        <v>499</v>
+        <v>433</v>
       </c>
       <c r="B322" t="s">
-        <v>16</v>
+        <v>142</v>
       </c>
       <c r="C322" t="s">
-        <v>41</v>
+        <v>204</v>
       </c>
       <c r="D322" t="s">
-        <v>38</v>
+        <v>205</v>
       </c>
       <c r="E322">
         <v>2</v>
       </c>
       <c r="F322" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
       <c r="G322">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="H322" t="s">
-        <v>187</v>
+        <v>471</v>
       </c>
       <c r="I322" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="323" spans="1:9">
       <c r="A323" t="s">
-        <v>499</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>433</v>
+      </c>
+      <c r="B323">
+        <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>41</v>
+        <v>339</v>
       </c>
       <c r="D323" t="s">
-        <v>42</v>
+        <v>315</v>
       </c>
       <c r="E323">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F323" t="s">
-        <v>52</v>
+        <v>19</v>
       </c>
       <c r="G323">
-        <v>621</v>
+        <v>631</v>
       </c>
       <c r="H323" t="s">
-        <v>507</v>
+        <v>323</v>
       </c>
       <c r="I323" t="s">
-        <v>45</v>
+        <v>91</v>
       </c>
     </row>
     <row r="324" spans="1:9">
       <c r="A324" t="s">
-        <v>499</v>
+        <v>433</v>
       </c>
       <c r="B324" t="s">
-        <v>16</v>
+        <v>146</v>
       </c>
       <c r="C324" t="s">
-        <v>508</v>
+        <v>161</v>
       </c>
       <c r="D324" t="s">
-        <v>509</v>
+        <v>331</v>
       </c>
       <c r="E324">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F324" t="s">
-        <v>36</v>
+        <v>149</v>
       </c>
       <c r="G324">
-        <v>622</v>
+        <v>612</v>
       </c>
       <c r="H324" t="s">
-        <v>510</v>
+        <v>236</v>
       </c>
       <c r="I324" t="s">
-        <v>205</v>
+        <v>64</v>
       </c>
     </row>
     <row r="325" spans="1:9">
       <c r="A325" t="s">
-        <v>499</v>
+        <v>433</v>
       </c>
       <c r="B325" t="s">
-        <v>16</v>
+        <v>146</v>
       </c>
       <c r="C325" t="s">
-        <v>511</v>
+        <v>227</v>
       </c>
       <c r="D325" t="s">
-        <v>512</v>
+        <v>71</v>
       </c>
       <c r="E325">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F325" t="s">
-        <v>61</v>
+        <v>39</v>
       </c>
       <c r="G325">
-        <v>631</v>
+        <v>621</v>
       </c>
       <c r="H325" t="s">
-        <v>513</v>
+        <v>379</v>
       </c>
       <c r="I325" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
     </row>
     <row r="326" spans="1:9">
       <c r="A326" t="s">
-        <v>499</v>
+        <v>472</v>
       </c>
       <c r="B326" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="C326" t="s">
-        <v>514</v>
+        <v>32</v>
       </c>
       <c r="D326" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="E326">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F326" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="G326">
-        <v>631</v>
-[...1 lines deleted...]
-      <c r="H326"/>
+        <v>611</v>
+      </c>
+      <c r="H326" t="s">
+        <v>473</v>
+      </c>
       <c r="I326" t="s">
-        <v>515</v>
+        <v>389</v>
       </c>
     </row>
     <row r="327" spans="1:9">
       <c r="A327" t="s">
-        <v>499</v>
+        <v>472</v>
       </c>
       <c r="B327" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="C327" t="s">
-        <v>489</v>
+        <v>22</v>
       </c>
       <c r="D327" t="s">
-        <v>101</v>
+        <v>377</v>
       </c>
       <c r="E327">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F327" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="G327">
-        <v>632</v>
+        <v>611</v>
       </c>
       <c r="H327" t="s">
-        <v>102</v>
+        <v>474</v>
       </c>
       <c r="I327" t="s">
-        <v>15</v>
+        <v>114</v>
       </c>
     </row>
     <row r="328" spans="1:9">
       <c r="A328" t="s">
-        <v>499</v>
+        <v>472</v>
       </c>
       <c r="B328" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="C328" t="s">
-        <v>516</v>
+        <v>345</v>
       </c>
       <c r="D328" t="s">
-        <v>452</v>
+        <v>144</v>
       </c>
       <c r="E328">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F328" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="G328">
-        <v>641</v>
+        <v>623</v>
       </c>
       <c r="H328" t="s">
-        <v>216</v>
+        <v>346</v>
       </c>
       <c r="I328" t="s">
-        <v>379</v>
+        <v>271</v>
       </c>
     </row>
     <row r="329" spans="1:9">
       <c r="A329" t="s">
-        <v>499</v>
+        <v>472</v>
       </c>
       <c r="B329" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="C329" t="s">
-        <v>517</v>
+        <v>412</v>
       </c>
       <c r="D329" t="s">
-        <v>55</v>
+        <v>187</v>
       </c>
       <c r="E329">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F329" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="G329">
-        <v>641</v>
+        <v>621</v>
       </c>
       <c r="H329" t="s">
-        <v>518</v>
+        <v>225</v>
       </c>
       <c r="I329" t="s">
-        <v>325</v>
+        <v>68</v>
       </c>
     </row>
     <row r="330" spans="1:9">
       <c r="A330" t="s">
-        <v>499</v>
+        <v>472</v>
       </c>
       <c r="B330" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="C330" t="s">
-        <v>314</v>
+        <v>475</v>
       </c>
       <c r="D330" t="s">
-        <v>315</v>
+        <v>476</v>
       </c>
       <c r="E330">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F330" t="s">
-        <v>13</v>
+        <v>78</v>
       </c>
       <c r="G330">
-        <v>642</v>
+        <v>631</v>
       </c>
       <c r="H330" t="s">
-        <v>519</v>
+        <v>477</v>
       </c>
       <c r="I330" t="s">
-        <v>117</v>
+        <v>59</v>
       </c>
     </row>
     <row r="331" spans="1:9">
       <c r="A331" t="s">
-        <v>499</v>
+        <v>472</v>
       </c>
       <c r="B331" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="C331" t="s">
-        <v>520</v>
+        <v>152</v>
       </c>
       <c r="D331" t="s">
-        <v>263</v>
+        <v>153</v>
       </c>
       <c r="E331">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F331" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="G331">
-        <v>612</v>
+        <v>622</v>
       </c>
       <c r="H331" t="s">
-        <v>521</v>
+        <v>478</v>
       </c>
       <c r="I331" t="s">
-        <v>75</v>
+        <v>127</v>
       </c>
     </row>
     <row r="332" spans="1:9">
       <c r="A332" t="s">
-        <v>499</v>
+        <v>472</v>
       </c>
       <c r="B332" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="C332" t="s">
-        <v>151</v>
+        <v>479</v>
       </c>
       <c r="D332" t="s">
-        <v>73</v>
+        <v>159</v>
       </c>
       <c r="E332">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F332" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="G332">
-        <v>614</v>
+        <v>641</v>
       </c>
       <c r="H332" t="s">
-        <v>234</v>
+        <v>480</v>
       </c>
       <c r="I332" t="s">
-        <v>75</v>
+        <v>83</v>
       </c>
     </row>
     <row r="333" spans="1:9">
       <c r="A333" t="s">
-        <v>499</v>
+        <v>472</v>
       </c>
       <c r="B333" t="s">
         <v>21</v>
       </c>
       <c r="C333" t="s">
-        <v>265</v>
+        <v>55</v>
       </c>
       <c r="D333" t="s">
-        <v>266</v>
+        <v>56</v>
       </c>
       <c r="E333">
         <v>2</v>
       </c>
       <c r="F333" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
       <c r="G333">
-        <v>622</v>
-[...1 lines deleted...]
-      <c r="H333"/>
+        <v>621</v>
+      </c>
+      <c r="H333" t="s">
+        <v>323</v>
+      </c>
       <c r="I333" t="s">
-        <v>258</v>
+        <v>26</v>
       </c>
     </row>
     <row r="334" spans="1:9">
       <c r="A334" t="s">
-        <v>499</v>
+        <v>472</v>
       </c>
       <c r="B334" t="s">
         <v>21</v>
       </c>
       <c r="C334" t="s">
-        <v>522</v>
+        <v>55</v>
       </c>
       <c r="D334" t="s">
-        <v>248</v>
+        <v>56</v>
       </c>
       <c r="E334">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F334" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
       <c r="G334">
-        <v>631</v>
+        <v>622</v>
       </c>
       <c r="H334" t="s">
-        <v>432</v>
+        <v>58</v>
       </c>
       <c r="I334" t="s">
-        <v>90</v>
+        <v>26</v>
       </c>
     </row>
     <row r="335" spans="1:9">
       <c r="A335" t="s">
-        <v>499</v>
+        <v>472</v>
       </c>
       <c r="B335" t="s">
         <v>21</v>
       </c>
       <c r="C335" t="s">
-        <v>523</v>
+        <v>481</v>
       </c>
       <c r="D335" t="s">
-        <v>133</v>
+        <v>482</v>
       </c>
       <c r="E335">
         <v>3</v>
       </c>
       <c r="F335" t="s">
-        <v>56</v>
+        <v>27</v>
       </c>
       <c r="G335">
         <v>631</v>
       </c>
-      <c r="H335" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H335"/>
       <c r="I335" t="s">
-        <v>99</v>
+        <v>483</v>
       </c>
     </row>
     <row r="336" spans="1:9">
       <c r="A336" t="s">
-        <v>499</v>
+        <v>472</v>
       </c>
       <c r="B336" t="s">
         <v>21</v>
       </c>
       <c r="C336" t="s">
-        <v>46</v>
+        <v>484</v>
       </c>
       <c r="D336" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="E336">
         <v>3</v>
       </c>
       <c r="F336" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="G336">
-        <v>632</v>
+        <v>631</v>
       </c>
       <c r="H336" t="s">
-        <v>524</v>
+        <v>170</v>
       </c>
       <c r="I336" t="s">
-        <v>49</v>
+        <v>77</v>
       </c>
     </row>
     <row r="337" spans="1:9">
       <c r="A337" t="s">
-        <v>499</v>
+        <v>472</v>
       </c>
       <c r="B337" t="s">
         <v>21</v>
       </c>
       <c r="C337" t="s">
-        <v>80</v>
+        <v>485</v>
       </c>
       <c r="D337" t="s">
-        <v>81</v>
+        <v>243</v>
       </c>
       <c r="E337">
         <v>4</v>
       </c>
       <c r="F337" t="s">
         <v>19</v>
       </c>
       <c r="G337">
         <v>641</v>
       </c>
       <c r="H337" t="s">
-        <v>525</v>
+        <v>486</v>
       </c>
       <c r="I337" t="s">
-        <v>526</v>
+        <v>91</v>
       </c>
     </row>
     <row r="338" spans="1:9">
       <c r="A338" t="s">
-        <v>499</v>
+        <v>472</v>
       </c>
       <c r="B338" t="s">
         <v>21</v>
       </c>
       <c r="C338" t="s">
-        <v>80</v>
+        <v>487</v>
       </c>
       <c r="D338" t="s">
-        <v>81</v>
+        <v>375</v>
       </c>
       <c r="E338">
         <v>4</v>
       </c>
       <c r="F338" t="s">
-        <v>19</v>
+        <v>78</v>
       </c>
       <c r="G338">
-        <v>642</v>
+        <v>641</v>
       </c>
       <c r="H338" t="s">
-        <v>375</v>
+        <v>488</v>
       </c>
       <c r="I338" t="s">
-        <v>527</v>
+        <v>489</v>
       </c>
     </row>
     <row r="339" spans="1:9">
       <c r="A339" t="s">
-        <v>499</v>
+        <v>472</v>
       </c>
       <c r="B339" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="C339" t="s">
-        <v>528</v>
+        <v>485</v>
       </c>
       <c r="D339" t="s">
-        <v>115</v>
+        <v>243</v>
       </c>
       <c r="E339">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F339" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="G339">
-        <v>611</v>
+        <v>642</v>
       </c>
       <c r="H339" t="s">
-        <v>529</v>
+        <v>490</v>
       </c>
       <c r="I339" t="s">
-        <v>75</v>
+        <v>91</v>
       </c>
     </row>
     <row r="340" spans="1:9">
       <c r="A340" t="s">
-        <v>499</v>
+        <v>472</v>
       </c>
       <c r="B340" t="s">
-        <v>29</v>
+        <v>92</v>
       </c>
       <c r="C340" t="s">
-        <v>151</v>
+        <v>491</v>
       </c>
       <c r="D340" t="s">
-        <v>73</v>
+        <v>492</v>
       </c>
       <c r="E340">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F340" t="s">
-        <v>128</v>
+        <v>53</v>
       </c>
       <c r="G340">
-        <v>611</v>
-[...3 lines deleted...]
-      </c>
+        <v>641</v>
+      </c>
+      <c r="H340"/>
       <c r="I340" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
     </row>
     <row r="341" spans="1:9">
       <c r="A341" t="s">
-        <v>499</v>
+        <v>472</v>
       </c>
       <c r="B341" t="s">
-        <v>29</v>
+        <v>92</v>
       </c>
       <c r="C341" t="s">
-        <v>390</v>
+        <v>491</v>
       </c>
       <c r="D341" t="s">
-        <v>391</v>
+        <v>492</v>
       </c>
       <c r="E341">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F341" t="s">
-        <v>178</v>
+        <v>53</v>
       </c>
       <c r="G341">
-        <v>622</v>
-[...3 lines deleted...]
-      </c>
+        <v>643</v>
+      </c>
+      <c r="H341"/>
       <c r="I341" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
     </row>
     <row r="342" spans="1:9">
       <c r="A342" t="s">
-        <v>499</v>
+        <v>472</v>
       </c>
       <c r="B342" t="s">
         <v>29</v>
       </c>
       <c r="C342" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="D342" t="s">
-        <v>42</v>
+        <v>112</v>
       </c>
       <c r="E342">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F342" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G342">
-        <v>624</v>
+        <v>611</v>
       </c>
       <c r="H342" t="s">
-        <v>531</v>
+        <v>493</v>
       </c>
       <c r="I342" t="s">
-        <v>45</v>
+        <v>114</v>
       </c>
     </row>
     <row r="343" spans="1:9">
       <c r="A343" t="s">
-        <v>499</v>
+        <v>472</v>
       </c>
       <c r="B343" t="s">
         <v>29</v>
       </c>
       <c r="C343" t="s">
-        <v>522</v>
+        <v>22</v>
       </c>
       <c r="D343" t="s">
-        <v>248</v>
+        <v>377</v>
       </c>
       <c r="E343">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F343" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
       <c r="G343">
-        <v>632</v>
+        <v>611</v>
       </c>
       <c r="H343" t="s">
-        <v>432</v>
+        <v>494</v>
       </c>
       <c r="I343" t="s">
-        <v>90</v>
+        <v>114</v>
       </c>
     </row>
     <row r="344" spans="1:9">
       <c r="A344" t="s">
-        <v>499</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>472</v>
+      </c>
+      <c r="B344" t="s">
+        <v>29</v>
       </c>
       <c r="C344" t="s">
-        <v>363</v>
+        <v>248</v>
       </c>
       <c r="D344" t="s">
-        <v>364</v>
+        <v>249</v>
       </c>
       <c r="E344">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F344" t="s">
-        <v>178</v>
+        <v>53</v>
       </c>
       <c r="G344">
-        <v>631</v>
+        <v>621</v>
       </c>
       <c r="H344" t="s">
-        <v>532</v>
+        <v>495</v>
       </c>
       <c r="I344" t="s">
-        <v>53</v>
+        <v>102</v>
       </c>
     </row>
     <row r="345" spans="1:9">
       <c r="A345" t="s">
-        <v>499</v>
-[...2 lines deleted...]
-        <v>13.0</v>
+        <v>472</v>
+      </c>
+      <c r="B345" t="s">
+        <v>29</v>
       </c>
       <c r="C345" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="D345" t="s">
-        <v>505</v>
+        <v>43</v>
       </c>
       <c r="E345">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F345" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="G345">
-        <v>611</v>
+        <v>623</v>
       </c>
       <c r="H345" t="s">
-        <v>506</v>
+        <v>103</v>
       </c>
       <c r="I345" t="s">
-        <v>93</v>
+        <v>131</v>
       </c>
     </row>
     <row r="346" spans="1:9">
       <c r="A346" t="s">
-        <v>499</v>
+        <v>472</v>
       </c>
       <c r="B346" t="s">
-        <v>107</v>
+        <v>29</v>
       </c>
       <c r="C346" t="s">
-        <v>486</v>
+        <v>290</v>
       </c>
       <c r="D346" t="s">
-        <v>162</v>
+        <v>291</v>
       </c>
       <c r="E346">
         <v>3</v>
       </c>
       <c r="F346" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="G346">
-        <v>633</v>
+        <v>632</v>
       </c>
       <c r="H346" t="s">
-        <v>134</v>
+        <v>496</v>
       </c>
       <c r="I346" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
     </row>
     <row r="347" spans="1:9">
       <c r="A347" t="s">
-        <v>499</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>472</v>
+      </c>
+      <c r="B347" t="s">
+        <v>115</v>
       </c>
       <c r="C347" t="s">
-        <v>441</v>
+        <v>412</v>
       </c>
       <c r="D347" t="s">
-        <v>442</v>
+        <v>187</v>
       </c>
       <c r="E347">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F347" t="s">
-        <v>111</v>
+        <v>69</v>
       </c>
       <c r="G347">
-        <v>611</v>
-[...3 lines deleted...]
-      </c>
+        <v>631</v>
+      </c>
+      <c r="H347"/>
       <c r="I347" t="s">
-        <v>140</v>
+        <v>68</v>
       </c>
     </row>
     <row r="348" spans="1:9">
       <c r="A348" t="s">
-        <v>499</v>
+        <v>472</v>
       </c>
       <c r="B348" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="C348" t="s">
-        <v>534</v>
+        <v>296</v>
       </c>
       <c r="D348" t="s">
-        <v>162</v>
+        <v>172</v>
       </c>
       <c r="E348">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F348" t="s">
-        <v>178</v>
+        <v>79</v>
       </c>
       <c r="G348">
-        <v>611</v>
+        <v>632</v>
       </c>
       <c r="H348" t="s">
-        <v>535</v>
+        <v>145</v>
       </c>
       <c r="I348" t="s">
-        <v>164</v>
+        <v>174</v>
       </c>
     </row>
     <row r="349" spans="1:9">
       <c r="A349" t="s">
-        <v>499</v>
+        <v>472</v>
       </c>
       <c r="B349" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="C349" t="s">
-        <v>87</v>
+        <v>497</v>
       </c>
       <c r="D349" t="s">
-        <v>88</v>
+        <v>129</v>
       </c>
       <c r="E349">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F349" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G349">
-        <v>612</v>
+        <v>641</v>
       </c>
       <c r="H349" t="s">
-        <v>112</v>
+        <v>397</v>
       </c>
       <c r="I349" t="s">
-        <v>90</v>
+        <v>107</v>
       </c>
     </row>
     <row r="350" spans="1:9">
       <c r="A350" t="s">
-        <v>499</v>
+        <v>472</v>
       </c>
       <c r="B350" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="C350" t="s">
-        <v>172</v>
+        <v>497</v>
       </c>
       <c r="D350" t="s">
-        <v>240</v>
+        <v>129</v>
       </c>
       <c r="E350">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F350" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="G350">
-        <v>613</v>
+        <v>642</v>
       </c>
       <c r="H350" t="s">
-        <v>536</v>
+        <v>397</v>
       </c>
       <c r="I350" t="s">
-        <v>67</v>
+        <v>107</v>
       </c>
     </row>
     <row r="351" spans="1:9">
       <c r="A351" t="s">
-        <v>499</v>
+        <v>472</v>
       </c>
       <c r="B351" t="s">
-        <v>131</v>
+        <v>142</v>
       </c>
       <c r="C351" t="s">
-        <v>196</v>
+        <v>182</v>
       </c>
       <c r="D351" t="s">
-        <v>213</v>
+        <v>252</v>
       </c>
       <c r="E351">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F351" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="G351">
-        <v>621</v>
+        <v>612</v>
       </c>
       <c r="H351" t="s">
-        <v>537</v>
+        <v>498</v>
       </c>
       <c r="I351" t="s">
-        <v>86</v>
+        <v>385</v>
       </c>
     </row>
     <row r="352" spans="1:9">
       <c r="A352" t="s">
-        <v>499</v>
+        <v>472</v>
       </c>
       <c r="B352" t="s">
-        <v>131</v>
+        <v>142</v>
       </c>
       <c r="C352" t="s">
-        <v>358</v>
+        <v>412</v>
       </c>
       <c r="D352" t="s">
-        <v>359</v>
+        <v>187</v>
       </c>
       <c r="E352">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F352" t="s">
         <v>36</v>
       </c>
       <c r="G352">
-        <v>631</v>
+        <v>621</v>
       </c>
       <c r="H352" t="s">
-        <v>360</v>
+        <v>499</v>
       </c>
       <c r="I352" t="s">
-        <v>361</v>
+        <v>68</v>
       </c>
     </row>
     <row r="353" spans="1:9">
       <c r="A353" t="s">
-        <v>499</v>
+        <v>472</v>
       </c>
       <c r="B353" t="s">
-        <v>131</v>
+        <v>142</v>
       </c>
       <c r="C353" t="s">
-        <v>523</v>
+        <v>306</v>
       </c>
       <c r="D353" t="s">
-        <v>133</v>
+        <v>205</v>
       </c>
       <c r="E353">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F353" t="s">
-        <v>56</v>
+        <v>79</v>
       </c>
       <c r="G353">
-        <v>632</v>
+        <v>622</v>
       </c>
       <c r="H353" t="s">
-        <v>335</v>
+        <v>500</v>
       </c>
       <c r="I353" t="s">
-        <v>99</v>
+        <v>15</v>
       </c>
     </row>
     <row r="354" spans="1:9">
       <c r="A354" t="s">
-        <v>499</v>
+        <v>472</v>
       </c>
       <c r="B354" t="s">
-        <v>131</v>
+        <v>142</v>
       </c>
       <c r="C354" t="s">
-        <v>538</v>
+        <v>484</v>
       </c>
       <c r="D354" t="s">
-        <v>539</v>
+        <v>169</v>
       </c>
       <c r="E354">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F354" t="s">
-        <v>94</v>
+        <v>57</v>
       </c>
       <c r="G354">
-        <v>641</v>
+        <v>632</v>
       </c>
       <c r="H354" t="s">
-        <v>540</v>
+        <v>170</v>
       </c>
       <c r="I354" t="s">
-        <v>274</v>
+        <v>77</v>
       </c>
     </row>
     <row r="355" spans="1:9">
       <c r="A355" t="s">
-        <v>499</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>472</v>
+      </c>
+      <c r="B355" t="s">
+        <v>142</v>
       </c>
       <c r="C355" t="s">
-        <v>141</v>
+        <v>501</v>
       </c>
       <c r="D355" t="s">
-        <v>142</v>
+        <v>172</v>
       </c>
       <c r="E355">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F355" t="s">
-        <v>36</v>
+        <v>53</v>
       </c>
       <c r="G355">
-        <v>624</v>
+        <v>632</v>
       </c>
       <c r="H355" t="s">
-        <v>143</v>
+        <v>502</v>
       </c>
       <c r="I355" t="s">
-        <v>121</v>
+        <v>174</v>
       </c>
     </row>
     <row r="356" spans="1:9">
       <c r="A356" t="s">
-        <v>499</v>
+        <v>472</v>
       </c>
       <c r="B356" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="C356" t="s">
-        <v>22</v>
+        <v>491</v>
       </c>
       <c r="D356" t="s">
-        <v>104</v>
+        <v>492</v>
       </c>
       <c r="E356">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F356" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G356">
-        <v>614</v>
-[...3 lines deleted...]
-      </c>
+        <v>632</v>
+      </c>
+      <c r="H356"/>
       <c r="I356" t="s">
-        <v>106</v>
+        <v>46</v>
       </c>
     </row>
     <row r="357" spans="1:9">
       <c r="A357" t="s">
-        <v>499</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>472</v>
+      </c>
+      <c r="B357">
+        <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>508</v>
+        <v>195</v>
       </c>
       <c r="D357" t="s">
-        <v>509</v>
+        <v>196</v>
       </c>
       <c r="E357">
         <v>2</v>
       </c>
       <c r="F357" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="G357">
-        <v>623</v>
+        <v>622</v>
       </c>
       <c r="H357" t="s">
-        <v>541</v>
+        <v>503</v>
       </c>
       <c r="I357" t="s">
-        <v>205</v>
+        <v>102</v>
       </c>
     </row>
     <row r="358" spans="1:9">
       <c r="A358" t="s">
-        <v>499</v>
+        <v>472</v>
       </c>
       <c r="B358" t="s">
-        <v>135</v>
+        <v>146</v>
       </c>
       <c r="C358" t="s">
-        <v>542</v>
+        <v>161</v>
       </c>
       <c r="D358" t="s">
-        <v>227</v>
+        <v>331</v>
       </c>
       <c r="E358">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F358" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
       <c r="G358">
-        <v>623</v>
-[...1 lines deleted...]
-      <c r="H358"/>
+        <v>612</v>
+      </c>
+      <c r="H358" t="s">
+        <v>236</v>
+      </c>
       <c r="I358" t="s">
-        <v>113</v>
+        <v>64</v>
       </c>
     </row>
     <row r="359" spans="1:9">
       <c r="A359" t="s">
-        <v>499</v>
+        <v>472</v>
       </c>
       <c r="B359" t="s">
-        <v>135</v>
+        <v>146</v>
       </c>
       <c r="C359" t="s">
-        <v>511</v>
+        <v>363</v>
       </c>
       <c r="D359" t="s">
-        <v>512</v>
+        <v>43</v>
       </c>
       <c r="E359">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F359" t="s">
-        <v>61</v>
+        <v>79</v>
       </c>
       <c r="G359">
-        <v>632</v>
+        <v>621</v>
       </c>
       <c r="H359" t="s">
-        <v>513</v>
+        <v>200</v>
       </c>
       <c r="I359" t="s">
-        <v>26</v>
+        <v>131</v>
       </c>
     </row>
     <row r="360" spans="1:9">
       <c r="A360" t="s">
-        <v>499</v>
+        <v>472</v>
       </c>
       <c r="B360" t="s">
-        <v>135</v>
+        <v>146</v>
       </c>
       <c r="C360" t="s">
-        <v>448</v>
+        <v>195</v>
       </c>
       <c r="D360" t="s">
-        <v>449</v>
+        <v>196</v>
       </c>
       <c r="E360">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F360" t="s">
-        <v>178</v>
+        <v>19</v>
       </c>
       <c r="G360">
-        <v>632</v>
-[...1 lines deleted...]
-      <c r="H360"/>
+        <v>621</v>
+      </c>
+      <c r="H360" t="s">
+        <v>197</v>
+      </c>
       <c r="I360" t="s">
-        <v>53</v>
+        <v>102</v>
       </c>
     </row>
     <row r="361" spans="1:9">
       <c r="A361" t="s">
-        <v>499</v>
+        <v>472</v>
       </c>
       <c r="B361" t="s">
-        <v>135</v>
+        <v>146</v>
       </c>
       <c r="C361" t="s">
-        <v>511</v>
+        <v>248</v>
       </c>
       <c r="D361" t="s">
-        <v>512</v>
+        <v>249</v>
       </c>
       <c r="E361">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F361" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="G361">
-        <v>633</v>
+        <v>624</v>
       </c>
       <c r="H361" t="s">
-        <v>513</v>
+        <v>411</v>
       </c>
       <c r="I361" t="s">
-        <v>26</v>
+        <v>102</v>
       </c>
     </row>
     <row r="362" spans="1:9">
       <c r="A362" t="s">
-        <v>499</v>
+        <v>472</v>
       </c>
       <c r="B362" t="s">
-        <v>135</v>
+        <v>146</v>
       </c>
       <c r="C362" t="s">
-        <v>174</v>
+        <v>504</v>
       </c>
       <c r="D362" t="s">
-        <v>175</v>
+        <v>109</v>
       </c>
       <c r="E362">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F362" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G362">
-        <v>632</v>
-[...1 lines deleted...]
-      <c r="H362"/>
+        <v>631</v>
+      </c>
+      <c r="H362" t="s">
+        <v>110</v>
+      </c>
       <c r="I362" t="s">
-        <v>354</v>
+        <v>309</v>
       </c>
     </row>
     <row r="363" spans="1:9">
       <c r="A363" t="s">
-        <v>499</v>
+        <v>472</v>
       </c>
       <c r="B363" t="s">
-        <v>135</v>
+        <v>146</v>
       </c>
       <c r="C363" t="s">
-        <v>543</v>
+        <v>431</v>
       </c>
       <c r="D363" t="s">
-        <v>544</v>
+        <v>177</v>
       </c>
       <c r="E363">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F363" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="G363">
-        <v>641</v>
-[...1 lines deleted...]
-      <c r="H363"/>
+        <v>633</v>
+      </c>
+      <c r="H363" t="s">
+        <v>432</v>
+      </c>
       <c r="I363" t="s">
-        <v>58</v>
+        <v>95</v>
       </c>
     </row>
     <row r="364" spans="1:9">
       <c r="A364" t="s">
-        <v>545</v>
+        <v>472</v>
       </c>
       <c r="B364" t="s">
-        <v>31</v>
+        <v>146</v>
       </c>
       <c r="C364" t="s">
-        <v>196</v>
+        <v>505</v>
       </c>
       <c r="D364" t="s">
-        <v>197</v>
+        <v>506</v>
       </c>
       <c r="E364">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F364" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="G364">
-        <v>621</v>
-[...3 lines deleted...]
-      </c>
+        <v>641</v>
+      </c>
+      <c r="H364"/>
       <c r="I364" t="s">
-        <v>15</v>
+        <v>41</v>
       </c>
     </row>
     <row r="365" spans="1:9">
       <c r="A365" t="s">
-        <v>545</v>
+        <v>507</v>
       </c>
       <c r="B365" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="C365" t="s">
-        <v>196</v>
+        <v>431</v>
       </c>
       <c r="D365" t="s">
-        <v>197</v>
+        <v>177</v>
       </c>
       <c r="E365">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F365" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="G365">
-        <v>623</v>
+        <v>632</v>
       </c>
       <c r="H365" t="s">
-        <v>412</v>
+        <v>432</v>
       </c>
       <c r="I365" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="366" spans="1:9">
       <c r="A366" t="s">
-        <v>545</v>
+        <v>507</v>
       </c>
       <c r="B366" t="s">
-        <v>16</v>
+        <v>115</v>
       </c>
       <c r="C366" t="s">
-        <v>32</v>
+        <v>508</v>
       </c>
       <c r="D366" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="E366">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F366" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="G366">
-        <v>611</v>
+        <v>641</v>
       </c>
       <c r="H366" t="s">
-        <v>546</v>
+        <v>510</v>
       </c>
       <c r="I366" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="367" spans="1:9">
       <c r="A367" t="s">
-        <v>545</v>
+        <v>507</v>
       </c>
       <c r="B367" t="s">
-        <v>16</v>
+        <v>146</v>
       </c>
       <c r="C367" t="s">
-        <v>87</v>
+        <v>96</v>
       </c>
       <c r="D367" t="s">
-        <v>301</v>
+        <v>315</v>
       </c>
       <c r="E367">
         <v>1</v>
       </c>
       <c r="F367" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="G367">
         <v>611</v>
       </c>
       <c r="H367" t="s">
-        <v>547</v>
+        <v>511</v>
       </c>
       <c r="I367" t="s">
-        <v>333</v>
+        <v>340</v>
       </c>
     </row>
     <row r="368" spans="1:9">
       <c r="A368" t="s">
-        <v>545</v>
+        <v>512</v>
       </c>
       <c r="B368" t="s">
-        <v>16</v>
+        <v>146</v>
       </c>
       <c r="C368" t="s">
-        <v>141</v>
+        <v>431</v>
       </c>
       <c r="D368" t="s">
-        <v>142</v>
+        <v>177</v>
       </c>
       <c r="E368">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F368" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="G368">
-        <v>621</v>
+        <v>634</v>
       </c>
       <c r="H368" t="s">
-        <v>548</v>
+        <v>432</v>
       </c>
       <c r="I368" t="s">
-        <v>121</v>
+        <v>95</v>
       </c>
     </row>
     <row r="369" spans="1:9">
       <c r="A369" t="s">
-        <v>545</v>
+        <v>513</v>
       </c>
       <c r="B369" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="C369" t="s">
-        <v>549</v>
+        <v>161</v>
       </c>
       <c r="D369" t="s">
-        <v>550</v>
+        <v>81</v>
       </c>
       <c r="E369">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F369" t="s">
-        <v>56</v>
+        <v>36</v>
       </c>
       <c r="G369">
-        <v>641</v>
+        <v>614</v>
       </c>
       <c r="H369" t="s">
-        <v>551</v>
+        <v>231</v>
       </c>
       <c r="I369" t="s">
-        <v>249</v>
+        <v>83</v>
       </c>
     </row>
     <row r="370" spans="1:9">
       <c r="A370" t="s">
-        <v>545</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>513</v>
+      </c>
+      <c r="B370" t="s">
+        <v>31</v>
       </c>
       <c r="C370" t="s">
-        <v>520</v>
+        <v>42</v>
       </c>
       <c r="D370" t="s">
-        <v>263</v>
+        <v>514</v>
       </c>
       <c r="E370">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F370" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
       <c r="G370">
-        <v>611</v>
+        <v>623</v>
       </c>
       <c r="H370" t="s">
-        <v>78</v>
+        <v>515</v>
       </c>
       <c r="I370" t="s">
-        <v>75</v>
+        <v>385</v>
       </c>
     </row>
     <row r="371" spans="1:9">
       <c r="A371" t="s">
-        <v>545</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>513</v>
+      </c>
+      <c r="B371" t="s">
+        <v>31</v>
       </c>
       <c r="C371" t="s">
-        <v>330</v>
+        <v>516</v>
       </c>
       <c r="D371" t="s">
-        <v>331</v>
+        <v>517</v>
       </c>
       <c r="E371">
         <v>3</v>
       </c>
       <c r="F371" t="s">
-        <v>19</v>
+        <v>78</v>
       </c>
       <c r="G371">
         <v>631</v>
       </c>
-      <c r="H371" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H371"/>
       <c r="I371" t="s">
-        <v>82</v>
+        <v>518</v>
       </c>
     </row>
     <row r="372" spans="1:9">
       <c r="A372" t="s">
-        <v>545</v>
+        <v>513</v>
       </c>
       <c r="B372" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C372" t="s">
-        <v>196</v>
+        <v>519</v>
       </c>
       <c r="D372" t="s">
-        <v>213</v>
+        <v>144</v>
       </c>
       <c r="E372">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F372" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="G372">
-        <v>622</v>
+        <v>631</v>
       </c>
       <c r="H372" t="s">
-        <v>214</v>
+        <v>346</v>
       </c>
       <c r="I372" t="s">
-        <v>93</v>
+        <v>107</v>
       </c>
     </row>
     <row r="373" spans="1:9">
       <c r="A373" t="s">
-        <v>545</v>
+        <v>513</v>
       </c>
       <c r="B373" t="s">
-        <v>29</v>
+        <v>226</v>
       </c>
       <c r="C373" t="s">
-        <v>543</v>
+        <v>32</v>
       </c>
       <c r="D373" t="s">
-        <v>544</v>
+        <v>520</v>
       </c>
       <c r="E373">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F373" t="s">
-        <v>52</v>
+        <v>69</v>
       </c>
       <c r="G373">
-        <v>643</v>
+        <v>611</v>
       </c>
       <c r="H373" t="s">
-        <v>553</v>
+        <v>521</v>
       </c>
       <c r="I373" t="s">
-        <v>389</v>
+        <v>102</v>
       </c>
     </row>
     <row r="374" spans="1:9">
       <c r="A374" t="s">
-        <v>545</v>
+        <v>513</v>
       </c>
       <c r="B374" t="s">
-        <v>107</v>
+        <v>10</v>
       </c>
       <c r="C374" t="s">
-        <v>32</v>
+        <v>398</v>
       </c>
       <c r="D374" t="s">
-        <v>505</v>
+        <v>399</v>
       </c>
       <c r="E374">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F374" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="G374">
-        <v>612</v>
-[...3 lines deleted...]
-      </c>
+        <v>641</v>
+      </c>
+      <c r="H374"/>
       <c r="I374" t="s">
-        <v>26</v>
+        <v>400</v>
       </c>
     </row>
     <row r="375" spans="1:9">
       <c r="A375" t="s">
-        <v>545</v>
+        <v>513</v>
       </c>
       <c r="B375" t="s">
-        <v>107</v>
+        <v>16</v>
       </c>
       <c r="C375" t="s">
-        <v>486</v>
+        <v>42</v>
       </c>
       <c r="D375" t="s">
-        <v>162</v>
+        <v>38</v>
       </c>
       <c r="E375">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F375" t="s">
-        <v>52</v>
+        <v>24</v>
       </c>
       <c r="G375">
-        <v>631</v>
+        <v>621</v>
       </c>
       <c r="H375" t="s">
-        <v>134</v>
+        <v>198</v>
       </c>
       <c r="I375" t="s">
-        <v>164</v>
+        <v>41</v>
       </c>
     </row>
     <row r="376" spans="1:9">
       <c r="A376" t="s">
-        <v>545</v>
+        <v>513</v>
       </c>
       <c r="B376" t="s">
-        <v>131</v>
+        <v>16</v>
       </c>
       <c r="C376" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D376" t="s">
-        <v>500</v>
+        <v>43</v>
       </c>
       <c r="E376">
         <v>2</v>
       </c>
       <c r="F376" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="G376">
         <v>621</v>
       </c>
       <c r="H376" t="s">
-        <v>555</v>
+        <v>522</v>
       </c>
       <c r="I376" t="s">
-        <v>106</v>
+        <v>46</v>
       </c>
     </row>
     <row r="377" spans="1:9">
       <c r="A377" t="s">
-        <v>545</v>
+        <v>513</v>
       </c>
       <c r="B377" t="s">
-        <v>135</v>
+        <v>16</v>
       </c>
       <c r="C377" t="s">
-        <v>556</v>
+        <v>523</v>
       </c>
       <c r="D377" t="s">
-        <v>38</v>
+        <v>524</v>
       </c>
       <c r="E377">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F377" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="G377">
-        <v>641</v>
+        <v>622</v>
       </c>
       <c r="H377" t="s">
-        <v>187</v>
+        <v>525</v>
       </c>
       <c r="I377" t="s">
-        <v>20</v>
+        <v>68</v>
       </c>
     </row>
     <row r="378" spans="1:9">
       <c r="A378" t="s">
-        <v>557</v>
+        <v>513</v>
       </c>
       <c r="B378" t="s">
         <v>16</v>
       </c>
       <c r="C378" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="D378" t="s">
-        <v>115</v>
+        <v>229</v>
       </c>
       <c r="E378">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F378" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="G378">
-        <v>612</v>
-[...3 lines deleted...]
-      </c>
+        <v>631</v>
+      </c>
+      <c r="H378"/>
       <c r="I378" t="s">
-        <v>75</v>
+        <v>527</v>
       </c>
     </row>
     <row r="379" spans="1:9">
       <c r="A379" t="s">
-        <v>557</v>
+        <v>513</v>
       </c>
       <c r="B379" t="s">
         <v>16</v>
       </c>
       <c r="C379" t="s">
-        <v>416</v>
+        <v>528</v>
       </c>
       <c r="D379" t="s">
-        <v>142</v>
+        <v>529</v>
       </c>
       <c r="E379">
         <v>3</v>
       </c>
       <c r="F379" t="s">
-        <v>36</v>
+        <v>62</v>
       </c>
       <c r="G379">
-        <v>632</v>
+        <v>631</v>
       </c>
       <c r="H379" t="s">
-        <v>171</v>
+        <v>530</v>
       </c>
       <c r="I379" t="s">
-        <v>121</v>
+        <v>26</v>
       </c>
     </row>
     <row r="380" spans="1:9">
       <c r="A380" t="s">
-        <v>557</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>513</v>
+      </c>
+      <c r="B380" t="s">
+        <v>16</v>
       </c>
       <c r="C380" t="s">
-        <v>558</v>
+        <v>504</v>
       </c>
       <c r="D380" t="s">
-        <v>559</v>
+        <v>109</v>
       </c>
       <c r="E380">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F380" t="s">
-        <v>36</v>
+        <v>53</v>
       </c>
       <c r="G380">
-        <v>642</v>
-[...1 lines deleted...]
-      <c r="H380"/>
+        <v>632</v>
+      </c>
+      <c r="H380" t="s">
+        <v>110</v>
+      </c>
       <c r="I380" t="s">
-        <v>99</v>
+        <v>15</v>
       </c>
     </row>
     <row r="381" spans="1:9">
       <c r="A381" t="s">
-        <v>557</v>
+        <v>513</v>
       </c>
       <c r="B381" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="C381" t="s">
-        <v>358</v>
+        <v>531</v>
       </c>
       <c r="D381" t="s">
-        <v>359</v>
+        <v>56</v>
       </c>
       <c r="E381">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F381" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="G381">
-        <v>634</v>
+        <v>641</v>
       </c>
       <c r="H381" t="s">
-        <v>360</v>
+        <v>532</v>
       </c>
       <c r="I381" t="s">
-        <v>361</v>
+        <v>340</v>
       </c>
     </row>
     <row r="382" spans="1:9">
       <c r="A382" t="s">
-        <v>557</v>
+        <v>513</v>
       </c>
       <c r="B382" t="s">
-        <v>83</v>
+        <v>16</v>
       </c>
       <c r="C382" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="D382" t="s">
-        <v>115</v>
+        <v>464</v>
       </c>
       <c r="E382">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F382" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="G382">
-        <v>613</v>
+        <v>641</v>
       </c>
       <c r="H382" t="s">
-        <v>560</v>
+        <v>225</v>
       </c>
       <c r="I382" t="s">
-        <v>75</v>
+        <v>389</v>
       </c>
     </row>
     <row r="383" spans="1:9">
       <c r="A383" t="s">
-        <v>557</v>
+        <v>513</v>
       </c>
       <c r="B383" t="s">
+        <v>16</v>
+      </c>
+      <c r="C383" t="s">
+        <v>328</v>
+      </c>
+      <c r="D383" t="s">
+        <v>329</v>
+      </c>
+      <c r="E383">
+        <v>4</v>
+      </c>
+      <c r="F383" t="s">
+        <v>13</v>
+      </c>
+      <c r="G383">
+        <v>642</v>
+      </c>
+      <c r="H383" t="s">
+        <v>534</v>
+      </c>
+      <c r="I383" t="s">
         <v>131</v>
-      </c>
-[...19 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="384" spans="1:9">
       <c r="A384" t="s">
-        <v>557</v>
+        <v>513</v>
       </c>
       <c r="B384" t="s">
-        <v>131</v>
+        <v>535</v>
       </c>
       <c r="C384" t="s">
-        <v>558</v>
+        <v>161</v>
       </c>
       <c r="D384" t="s">
-        <v>559</v>
+        <v>81</v>
       </c>
       <c r="E384">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F384" t="s">
-        <v>36</v>
+        <v>140</v>
       </c>
       <c r="G384">
-        <v>641</v>
-[...1 lines deleted...]
-      <c r="H384"/>
+        <v>611</v>
+      </c>
+      <c r="H384" t="s">
+        <v>536</v>
+      </c>
       <c r="I384" t="s">
-        <v>99</v>
+        <v>83</v>
       </c>
     </row>
     <row r="385" spans="1:9">
       <c r="A385" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="B385" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="C385" t="s">
-        <v>32</v>
+        <v>537</v>
       </c>
       <c r="D385" t="s">
-        <v>203</v>
+        <v>260</v>
       </c>
       <c r="E385">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F385" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="G385">
-        <v>611</v>
+        <v>631</v>
       </c>
       <c r="H385" t="s">
-        <v>563</v>
+        <v>448</v>
       </c>
       <c r="I385" t="s">
-        <v>205</v>
+        <v>99</v>
       </c>
     </row>
     <row r="386" spans="1:9">
       <c r="A386" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="B386" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="C386" t="s">
-        <v>564</v>
+        <v>47</v>
       </c>
       <c r="D386" t="s">
-        <v>315</v>
+        <v>48</v>
       </c>
       <c r="E386">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F386" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G386">
-        <v>642</v>
+        <v>632</v>
       </c>
       <c r="H386" t="s">
-        <v>530</v>
+        <v>538</v>
       </c>
       <c r="I386" t="s">
-        <v>117</v>
+        <v>50</v>
       </c>
     </row>
     <row r="387" spans="1:9">
       <c r="A387" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="B387" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="C387" t="s">
-        <v>565</v>
+        <v>89</v>
       </c>
       <c r="D387" t="s">
-        <v>189</v>
+        <v>90</v>
       </c>
       <c r="E387">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F387" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="G387">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="H387" t="s">
-        <v>190</v>
+        <v>539</v>
       </c>
       <c r="I387" t="s">
-        <v>255</v>
+        <v>20</v>
       </c>
     </row>
     <row r="388" spans="1:9">
       <c r="A388" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="B388" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="C388" t="s">
-        <v>566</v>
+        <v>89</v>
       </c>
       <c r="D388" t="s">
-        <v>410</v>
+        <v>90</v>
       </c>
       <c r="E388">
         <v>4</v>
       </c>
       <c r="F388" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="G388">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="H388" t="s">
-        <v>139</v>
+        <v>390</v>
       </c>
       <c r="I388" t="s">
-        <v>67</v>
+        <v>91</v>
       </c>
     </row>
     <row r="389" spans="1:9">
       <c r="A389" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="B389" t="s">
-        <v>16</v>
+        <v>92</v>
       </c>
       <c r="C389" t="s">
-        <v>490</v>
+        <v>540</v>
       </c>
       <c r="D389" t="s">
-        <v>491</v>
+        <v>276</v>
       </c>
       <c r="E389">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F389" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="G389">
-        <v>641</v>
+        <v>612</v>
       </c>
       <c r="H389" t="s">
-        <v>567</v>
+        <v>541</v>
       </c>
       <c r="I389" t="s">
-        <v>20</v>
+        <v>83</v>
       </c>
     </row>
     <row r="390" spans="1:9">
       <c r="A390" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="B390" t="s">
-        <v>16</v>
+        <v>92</v>
       </c>
       <c r="C390" t="s">
-        <v>568</v>
+        <v>508</v>
       </c>
       <c r="D390" t="s">
-        <v>569</v>
+        <v>509</v>
       </c>
       <c r="E390">
         <v>4</v>
       </c>
       <c r="F390" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="G390">
         <v>642</v>
       </c>
       <c r="H390" t="s">
-        <v>570</v>
+        <v>510</v>
       </c>
       <c r="I390" t="s">
-        <v>333</v>
+        <v>107</v>
       </c>
     </row>
     <row r="391" spans="1:9">
       <c r="A391" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="B391" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="C391" t="s">
-        <v>32</v>
+        <v>401</v>
       </c>
       <c r="D391" t="s">
-        <v>201</v>
+        <v>402</v>
       </c>
       <c r="E391">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F391" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="G391">
-        <v>611</v>
+        <v>622</v>
       </c>
       <c r="H391" t="s">
-        <v>571</v>
+        <v>444</v>
       </c>
       <c r="I391" t="s">
-        <v>93</v>
+        <v>15</v>
       </c>
     </row>
     <row r="392" spans="1:9">
       <c r="A392" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="B392" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="C392" t="s">
-        <v>151</v>
+        <v>282</v>
       </c>
       <c r="D392" t="s">
-        <v>73</v>
+        <v>283</v>
       </c>
       <c r="E392">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F392" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G392">
-        <v>611</v>
-[...3 lines deleted...]
-      </c>
+        <v>622</v>
+      </c>
+      <c r="H392"/>
       <c r="I392" t="s">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="393" spans="1:9">
       <c r="A393" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="B393" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="C393" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="D393" t="s">
-        <v>201</v>
+        <v>43</v>
       </c>
       <c r="E393">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F393" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="G393">
-        <v>611</v>
+        <v>624</v>
       </c>
       <c r="H393" t="s">
-        <v>573</v>
+        <v>542</v>
       </c>
       <c r="I393" t="s">
-        <v>93</v>
+        <v>46</v>
       </c>
     </row>
     <row r="394" spans="1:9">
       <c r="A394" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="B394" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="C394" t="s">
-        <v>528</v>
+        <v>537</v>
       </c>
       <c r="D394" t="s">
-        <v>115</v>
+        <v>260</v>
       </c>
       <c r="E394">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F394" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G394">
-        <v>614</v>
+        <v>632</v>
       </c>
       <c r="H394" t="s">
-        <v>171</v>
+        <v>448</v>
       </c>
       <c r="I394" t="s">
-        <v>75</v>
+        <v>99</v>
       </c>
     </row>
     <row r="395" spans="1:9">
       <c r="A395" t="s">
-        <v>562</v>
-[...2 lines deleted...]
-        <v>83</v>
+        <v>513</v>
+      </c>
+      <c r="B395">
+        <v>13</v>
       </c>
       <c r="C395" t="s">
-        <v>543</v>
+        <v>374</v>
       </c>
       <c r="D395" t="s">
-        <v>544</v>
+        <v>375</v>
       </c>
       <c r="E395">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F395" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
       <c r="G395">
-        <v>632</v>
-[...1 lines deleted...]
-      <c r="H395"/>
+        <v>631</v>
+      </c>
+      <c r="H395" t="s">
+        <v>488</v>
+      </c>
       <c r="I395" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
     </row>
     <row r="396" spans="1:9">
       <c r="A396" t="s">
-        <v>562</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>513</v>
+      </c>
+      <c r="B396">
+        <v>13.0</v>
       </c>
       <c r="C396" t="s">
-        <v>528</v>
+        <v>32</v>
       </c>
       <c r="D396" t="s">
-        <v>115</v>
+        <v>520</v>
       </c>
       <c r="E396">
         <v>1</v>
       </c>
       <c r="F396" t="s">
-        <v>128</v>
+        <v>44</v>
       </c>
       <c r="G396">
         <v>611</v>
       </c>
       <c r="H396" t="s">
-        <v>103</v>
+        <v>521</v>
       </c>
       <c r="I396" t="s">
-        <v>75</v>
+        <v>102</v>
       </c>
     </row>
     <row r="397" spans="1:9">
       <c r="A397" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="B397" t="s">
-        <v>29</v>
+        <v>115</v>
       </c>
       <c r="C397" t="s">
-        <v>50</v>
+        <v>543</v>
       </c>
       <c r="D397" t="s">
-        <v>51</v>
+        <v>129</v>
       </c>
       <c r="E397">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F397" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="G397">
-        <v>641</v>
-[...1 lines deleted...]
-      <c r="H397"/>
+        <v>611</v>
+      </c>
+      <c r="H397" t="s">
+        <v>544</v>
+      </c>
       <c r="I397" t="s">
-        <v>379</v>
+        <v>83</v>
       </c>
     </row>
     <row r="398" spans="1:9">
       <c r="A398" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="B398" t="s">
-        <v>29</v>
+        <v>115</v>
       </c>
       <c r="C398" t="s">
-        <v>568</v>
+        <v>501</v>
       </c>
       <c r="D398" t="s">
-        <v>569</v>
+        <v>172</v>
       </c>
       <c r="E398">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F398" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="G398">
-        <v>641</v>
-[...1 lines deleted...]
-      <c r="H398"/>
+        <v>633</v>
+      </c>
+      <c r="H398" t="s">
+        <v>145</v>
+      </c>
       <c r="I398" t="s">
-        <v>333</v>
+        <v>174</v>
       </c>
     </row>
     <row r="399" spans="1:9">
       <c r="A399" t="s">
-        <v>562</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>513</v>
+      </c>
+      <c r="B399">
+        <v>8</v>
       </c>
       <c r="C399" t="s">
-        <v>50</v>
+        <v>438</v>
       </c>
       <c r="D399" t="s">
-        <v>51</v>
+        <v>439</v>
       </c>
       <c r="E399">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F399" t="s">
-        <v>94</v>
+        <v>78</v>
       </c>
       <c r="G399">
-        <v>641</v>
+        <v>611</v>
       </c>
       <c r="H399" t="s">
-        <v>574</v>
+        <v>545</v>
       </c>
       <c r="I399" t="s">
-        <v>53</v>
+        <v>151</v>
       </c>
     </row>
     <row r="400" spans="1:9">
       <c r="A400" t="s">
-        <v>562</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>513</v>
+      </c>
+      <c r="B400" t="s">
+        <v>142</v>
       </c>
       <c r="C400" t="s">
-        <v>32</v>
+        <v>546</v>
       </c>
       <c r="D400" t="s">
-        <v>505</v>
+        <v>172</v>
       </c>
       <c r="E400">
         <v>1</v>
       </c>
       <c r="F400" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
       <c r="G400">
-        <v>614</v>
+        <v>611</v>
       </c>
       <c r="H400" t="s">
-        <v>575</v>
+        <v>547</v>
       </c>
       <c r="I400" t="s">
-        <v>26</v>
+        <v>174</v>
       </c>
     </row>
     <row r="401" spans="1:9">
       <c r="A401" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="B401" t="s">
-        <v>107</v>
+        <v>142</v>
       </c>
       <c r="C401" t="s">
-        <v>564</v>
+        <v>96</v>
       </c>
       <c r="D401" t="s">
-        <v>315</v>
+        <v>97</v>
       </c>
       <c r="E401">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F401" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
       <c r="G401">
-        <v>641</v>
+        <v>612</v>
       </c>
       <c r="H401" t="s">
-        <v>572</v>
+        <v>119</v>
       </c>
       <c r="I401" t="s">
-        <v>117</v>
+        <v>99</v>
       </c>
     </row>
     <row r="402" spans="1:9">
       <c r="A402" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="B402" t="s">
-        <v>123</v>
+        <v>142</v>
       </c>
       <c r="C402" t="s">
-        <v>576</v>
+        <v>182</v>
       </c>
       <c r="D402" t="s">
-        <v>287</v>
+        <v>252</v>
       </c>
       <c r="E402">
         <v>1</v>
       </c>
       <c r="F402" t="s">
-        <v>178</v>
+        <v>53</v>
       </c>
       <c r="G402">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="H402" t="s">
-        <v>577</v>
+        <v>548</v>
       </c>
       <c r="I402" t="s">
-        <v>45</v>
+        <v>77</v>
       </c>
     </row>
     <row r="403" spans="1:9">
       <c r="A403" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="B403" t="s">
-        <v>131</v>
+        <v>142</v>
       </c>
       <c r="C403" t="s">
-        <v>32</v>
+        <v>204</v>
       </c>
       <c r="D403" t="s">
-        <v>203</v>
+        <v>222</v>
       </c>
       <c r="E403">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F403" t="s">
-        <v>138</v>
+        <v>62</v>
       </c>
       <c r="G403">
-        <v>612</v>
+        <v>621</v>
       </c>
       <c r="H403" t="s">
-        <v>578</v>
+        <v>549</v>
       </c>
       <c r="I403" t="s">
-        <v>205</v>
+        <v>95</v>
       </c>
     </row>
     <row r="404" spans="1:9">
       <c r="A404" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="B404" t="s">
-        <v>131</v>
+        <v>142</v>
       </c>
       <c r="C404" t="s">
-        <v>41</v>
+        <v>369</v>
       </c>
       <c r="D404" t="s">
-        <v>500</v>
+        <v>370</v>
       </c>
       <c r="E404">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F404" t="s">
-        <v>61</v>
+        <v>36</v>
       </c>
       <c r="G404">
-        <v>621</v>
+        <v>631</v>
       </c>
       <c r="H404" t="s">
-        <v>579</v>
+        <v>371</v>
       </c>
       <c r="I404" t="s">
-        <v>15</v>
+        <v>372</v>
       </c>
     </row>
     <row r="405" spans="1:9">
       <c r="A405" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="B405" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="C405" t="s">
-        <v>32</v>
+        <v>519</v>
       </c>
       <c r="D405" t="s">
-        <v>505</v>
+        <v>144</v>
       </c>
       <c r="E405">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F405" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="G405">
-        <v>613</v>
+        <v>632</v>
       </c>
       <c r="H405" t="s">
-        <v>580</v>
+        <v>346</v>
       </c>
       <c r="I405" t="s">
-        <v>26</v>
+        <v>107</v>
       </c>
     </row>
     <row r="406" spans="1:9">
       <c r="A406" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="B406" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="C406" t="s">
-        <v>508</v>
+        <v>550</v>
       </c>
       <c r="D406" t="s">
-        <v>509</v>
+        <v>551</v>
       </c>
       <c r="E406">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F406" t="s">
-        <v>36</v>
+        <v>69</v>
       </c>
       <c r="G406">
-        <v>621</v>
+        <v>641</v>
       </c>
       <c r="H406" t="s">
-        <v>581</v>
+        <v>552</v>
       </c>
       <c r="I406" t="s">
-        <v>106</v>
+        <v>289</v>
       </c>
     </row>
     <row r="407" spans="1:9">
       <c r="A407" t="s">
-        <v>562</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>513</v>
+      </c>
+      <c r="B407">
+        <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>508</v>
+        <v>152</v>
       </c>
       <c r="D407" t="s">
-        <v>509</v>
+        <v>153</v>
       </c>
       <c r="E407">
         <v>2</v>
       </c>
       <c r="F407" t="s">
         <v>36</v>
       </c>
       <c r="G407">
         <v>624</v>
       </c>
       <c r="H407" t="s">
-        <v>510</v>
+        <v>382</v>
       </c>
       <c r="I407" t="s">
-        <v>106</v>
+        <v>127</v>
       </c>
     </row>
     <row r="408" spans="1:9">
       <c r="A408" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="B408" t="s">
-        <v>135</v>
+        <v>146</v>
       </c>
       <c r="C408" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="D408" t="s">
-        <v>218</v>
+        <v>112</v>
       </c>
       <c r="E408">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F408" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G408">
-        <v>624</v>
+        <v>614</v>
       </c>
       <c r="H408" t="s">
-        <v>582</v>
+        <v>493</v>
       </c>
       <c r="I408" t="s">
-        <v>99</v>
+        <v>114</v>
       </c>
     </row>
     <row r="409" spans="1:9">
       <c r="A409" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="B409" t="s">
-        <v>135</v>
+        <v>146</v>
       </c>
       <c r="C409" t="s">
-        <v>416</v>
+        <v>553</v>
       </c>
       <c r="D409" t="s">
-        <v>142</v>
+        <v>238</v>
       </c>
       <c r="E409">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F409" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G409">
-        <v>631</v>
-[...3 lines deleted...]
-      </c>
+        <v>623</v>
+      </c>
+      <c r="H409"/>
       <c r="I409" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
     </row>
     <row r="410" spans="1:9">
       <c r="A410" t="s">
-        <v>583</v>
+        <v>513</v>
       </c>
       <c r="B410" t="s">
-        <v>31</v>
+        <v>146</v>
       </c>
       <c r="C410" t="s">
-        <v>41</v>
+        <v>523</v>
       </c>
       <c r="D410" t="s">
-        <v>500</v>
+        <v>524</v>
       </c>
       <c r="E410">
         <v>2</v>
       </c>
       <c r="F410" t="s">
-        <v>61</v>
+        <v>36</v>
       </c>
       <c r="G410">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="H410" t="s">
-        <v>584</v>
+        <v>554</v>
       </c>
       <c r="I410" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
     </row>
     <row r="411" spans="1:9">
       <c r="A411" t="s">
-        <v>583</v>
+        <v>513</v>
       </c>
       <c r="B411" t="s">
-        <v>16</v>
+        <v>146</v>
       </c>
       <c r="C411" t="s">
-        <v>542</v>
+        <v>460</v>
       </c>
       <c r="D411" t="s">
-        <v>227</v>
+        <v>461</v>
       </c>
       <c r="E411">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F411" t="s">
-        <v>13</v>
+        <v>79</v>
       </c>
       <c r="G411">
-        <v>621</v>
-[...3 lines deleted...]
-      </c>
+        <v>632</v>
+      </c>
+      <c r="H411"/>
       <c r="I411" t="s">
-        <v>79</v>
+        <v>54</v>
       </c>
     </row>
     <row r="412" spans="1:9">
       <c r="A412" t="s">
-        <v>583</v>
+        <v>513</v>
       </c>
       <c r="B412" t="s">
-        <v>29</v>
+        <v>146</v>
       </c>
       <c r="C412" t="s">
-        <v>586</v>
+        <v>528</v>
       </c>
       <c r="D412" t="s">
-        <v>229</v>
+        <v>529</v>
       </c>
       <c r="E412">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F412" t="s">
-        <v>111</v>
+        <v>62</v>
       </c>
       <c r="G412">
-        <v>611</v>
+        <v>632</v>
       </c>
       <c r="H412" t="s">
-        <v>587</v>
+        <v>530</v>
       </c>
       <c r="I412" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="413" spans="1:9">
       <c r="A413" t="s">
-        <v>583</v>
+        <v>513</v>
       </c>
       <c r="B413" t="s">
-        <v>29</v>
+        <v>146</v>
       </c>
       <c r="C413" t="s">
-        <v>50</v>
+        <v>528</v>
       </c>
       <c r="D413" t="s">
-        <v>51</v>
+        <v>529</v>
       </c>
       <c r="E413">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F413" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="G413">
-        <v>643</v>
-[...1 lines deleted...]
-      <c r="H413"/>
+        <v>633</v>
+      </c>
+      <c r="H413" t="s">
+        <v>530</v>
+      </c>
       <c r="I413" t="s">
-        <v>379</v>
+        <v>26</v>
       </c>
     </row>
     <row r="414" spans="1:9">
       <c r="A414" t="s">
-        <v>583</v>
+        <v>513</v>
       </c>
       <c r="B414" t="s">
-        <v>107</v>
+        <v>146</v>
       </c>
       <c r="C414" t="s">
-        <v>542</v>
+        <v>184</v>
       </c>
       <c r="D414" t="s">
-        <v>227</v>
+        <v>185</v>
       </c>
       <c r="E414">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F414" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="G414">
-        <v>622</v>
+        <v>632</v>
       </c>
       <c r="H414"/>
       <c r="I414" t="s">
-        <v>79</v>
+        <v>309</v>
       </c>
     </row>
     <row r="415" spans="1:9">
       <c r="A415" t="s">
-        <v>583</v>
+        <v>513</v>
       </c>
       <c r="B415" t="s">
-        <v>107</v>
+        <v>146</v>
       </c>
       <c r="C415" t="s">
-        <v>489</v>
+        <v>555</v>
       </c>
       <c r="D415" t="s">
-        <v>101</v>
+        <v>556</v>
       </c>
       <c r="E415">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F415" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G415">
-        <v>633</v>
-[...3 lines deleted...]
-      </c>
+        <v>641</v>
+      </c>
+      <c r="H415"/>
       <c r="I415" t="s">
-        <v>15</v>
+        <v>59</v>
       </c>
     </row>
     <row r="416" spans="1:9">
       <c r="A416" t="s">
-        <v>583</v>
+        <v>557</v>
       </c>
       <c r="B416" t="s">
-        <v>131</v>
+        <v>31</v>
       </c>
       <c r="C416" t="s">
-        <v>22</v>
+        <v>204</v>
       </c>
       <c r="D416" t="s">
-        <v>366</v>
+        <v>205</v>
       </c>
       <c r="E416">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F416" t="s">
-        <v>61</v>
+        <v>44</v>
       </c>
       <c r="G416">
-        <v>612</v>
+        <v>621</v>
       </c>
       <c r="H416" t="s">
-        <v>588</v>
+        <v>423</v>
       </c>
       <c r="I416" t="s">
-        <v>106</v>
+        <v>15</v>
       </c>
     </row>
     <row r="417" spans="1:9">
       <c r="A417" t="s">
-        <v>583</v>
+        <v>557</v>
       </c>
       <c r="B417" t="s">
-        <v>135</v>
+        <v>31</v>
       </c>
       <c r="C417" t="s">
-        <v>151</v>
+        <v>204</v>
       </c>
       <c r="D417" t="s">
-        <v>317</v>
+        <v>205</v>
       </c>
       <c r="E417">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F417" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="G417">
-        <v>611</v>
+        <v>623</v>
       </c>
       <c r="H417" t="s">
-        <v>589</v>
+        <v>423</v>
       </c>
       <c r="I417" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
     </row>
     <row r="418" spans="1:9">
       <c r="A418" t="s">
+        <v>557</v>
+      </c>
+      <c r="B418" t="s">
+        <v>16</v>
+      </c>
+      <c r="C418" t="s">
+        <v>32</v>
+      </c>
+      <c r="D418" t="s">
+        <v>520</v>
+      </c>
+      <c r="E418">
+        <v>1</v>
+      </c>
+      <c r="F418" t="s">
+        <v>53</v>
+      </c>
+      <c r="G418">
+        <v>611</v>
+      </c>
+      <c r="H418" t="s">
+        <v>558</v>
+      </c>
+      <c r="I418" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="419" spans="1:9">
+      <c r="A419" t="s">
+        <v>557</v>
+      </c>
+      <c r="B419" t="s">
+        <v>16</v>
+      </c>
+      <c r="C419" t="s">
+        <v>96</v>
+      </c>
+      <c r="D419" t="s">
+        <v>315</v>
+      </c>
+      <c r="E419">
+        <v>1</v>
+      </c>
+      <c r="F419" t="s">
+        <v>19</v>
+      </c>
+      <c r="G419">
+        <v>611</v>
+      </c>
+      <c r="H419" t="s">
+        <v>559</v>
+      </c>
+      <c r="I419" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="420" spans="1:9">
+      <c r="A420" t="s">
+        <v>557</v>
+      </c>
+      <c r="B420" t="s">
+        <v>16</v>
+      </c>
+      <c r="C420" t="s">
+        <v>152</v>
+      </c>
+      <c r="D420" t="s">
+        <v>153</v>
+      </c>
+      <c r="E420">
+        <v>2</v>
+      </c>
+      <c r="F420" t="s">
+        <v>13</v>
+      </c>
+      <c r="G420">
+        <v>621</v>
+      </c>
+      <c r="H420" t="s">
+        <v>560</v>
+      </c>
+      <c r="I420" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="421" spans="1:9">
+      <c r="A421" t="s">
+        <v>557</v>
+      </c>
+      <c r="B421" t="s">
+        <v>16</v>
+      </c>
+      <c r="C421" t="s">
+        <v>561</v>
+      </c>
+      <c r="D421" t="s">
+        <v>562</v>
+      </c>
+      <c r="E421">
+        <v>4</v>
+      </c>
+      <c r="F421" t="s">
+        <v>57</v>
+      </c>
+      <c r="G421">
+        <v>641</v>
+      </c>
+      <c r="H421" t="s">
+        <v>563</v>
+      </c>
+      <c r="I421" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="422" spans="1:9">
+      <c r="A422" t="s">
+        <v>557</v>
+      </c>
+      <c r="B422">
+        <v>10</v>
+      </c>
+      <c r="C422" t="s">
+        <v>540</v>
+      </c>
+      <c r="D422" t="s">
+        <v>276</v>
+      </c>
+      <c r="E422">
+        <v>1</v>
+      </c>
+      <c r="F422" t="s">
+        <v>13</v>
+      </c>
+      <c r="G422">
+        <v>611</v>
+      </c>
+      <c r="H422" t="s">
+        <v>86</v>
+      </c>
+      <c r="I422" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="423" spans="1:9">
+      <c r="A423" t="s">
+        <v>557</v>
+      </c>
+      <c r="B423">
+        <v>10</v>
+      </c>
+      <c r="C423" t="s">
+        <v>342</v>
+      </c>
+      <c r="D423" t="s">
+        <v>343</v>
+      </c>
+      <c r="E423">
+        <v>3</v>
+      </c>
+      <c r="F423" t="s">
+        <v>19</v>
+      </c>
+      <c r="G423">
+        <v>631</v>
+      </c>
+      <c r="H423" t="s">
+        <v>564</v>
+      </c>
+      <c r="I423" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="424" spans="1:9">
+      <c r="A424" t="s">
+        <v>557</v>
+      </c>
+      <c r="B424" t="s">
+        <v>29</v>
+      </c>
+      <c r="C424" t="s">
+        <v>204</v>
+      </c>
+      <c r="D424" t="s">
+        <v>222</v>
+      </c>
+      <c r="E424">
+        <v>2</v>
+      </c>
+      <c r="F424" t="s">
+        <v>62</v>
+      </c>
+      <c r="G424">
+        <v>622</v>
+      </c>
+      <c r="H424" t="s">
+        <v>223</v>
+      </c>
+      <c r="I424" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="425" spans="1:9">
+      <c r="A425" t="s">
+        <v>557</v>
+      </c>
+      <c r="B425" t="s">
+        <v>29</v>
+      </c>
+      <c r="C425" t="s">
+        <v>555</v>
+      </c>
+      <c r="D425" t="s">
+        <v>556</v>
+      </c>
+      <c r="E425">
+        <v>4</v>
+      </c>
+      <c r="F425" t="s">
+        <v>53</v>
+      </c>
+      <c r="G425">
+        <v>643</v>
+      </c>
+      <c r="H425" t="s">
+        <v>565</v>
+      </c>
+      <c r="I425" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="426" spans="1:9">
+      <c r="A426" t="s">
+        <v>557</v>
+      </c>
+      <c r="B426" t="s">
+        <v>115</v>
+      </c>
+      <c r="C426" t="s">
+        <v>32</v>
+      </c>
+      <c r="D426" t="s">
+        <v>520</v>
+      </c>
+      <c r="E426">
+        <v>1</v>
+      </c>
+      <c r="F426" t="s">
+        <v>53</v>
+      </c>
+      <c r="G426">
+        <v>612</v>
+      </c>
+      <c r="H426" t="s">
+        <v>566</v>
+      </c>
+      <c r="I426" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="427" spans="1:9">
+      <c r="A427" t="s">
+        <v>557</v>
+      </c>
+      <c r="B427" t="s">
+        <v>115</v>
+      </c>
+      <c r="C427" t="s">
+        <v>501</v>
+      </c>
+      <c r="D427" t="s">
+        <v>172</v>
+      </c>
+      <c r="E427">
+        <v>3</v>
+      </c>
+      <c r="F427" t="s">
+        <v>53</v>
+      </c>
+      <c r="G427">
+        <v>631</v>
+      </c>
+      <c r="H427" t="s">
+        <v>145</v>
+      </c>
+      <c r="I427" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="428" spans="1:9">
+      <c r="A428" t="s">
+        <v>557</v>
+      </c>
+      <c r="B428" t="s">
+        <v>142</v>
+      </c>
+      <c r="C428" t="s">
+        <v>42</v>
+      </c>
+      <c r="D428" t="s">
+        <v>514</v>
+      </c>
+      <c r="E428">
+        <v>2</v>
+      </c>
+      <c r="F428" t="s">
+        <v>57</v>
+      </c>
+      <c r="G428">
+        <v>621</v>
+      </c>
+      <c r="H428" t="s">
+        <v>567</v>
+      </c>
+      <c r="I428" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="429" spans="1:9">
+      <c r="A429" t="s">
+        <v>557</v>
+      </c>
+      <c r="B429" t="s">
+        <v>146</v>
+      </c>
+      <c r="C429" t="s">
+        <v>568</v>
+      </c>
+      <c r="D429" t="s">
+        <v>38</v>
+      </c>
+      <c r="E429">
+        <v>4</v>
+      </c>
+      <c r="F429" t="s">
+        <v>39</v>
+      </c>
+      <c r="G429">
+        <v>641</v>
+      </c>
+      <c r="H429" t="s">
+        <v>198</v>
+      </c>
+      <c r="I429" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="430" spans="1:9">
+      <c r="A430" t="s">
+        <v>569</v>
+      </c>
+      <c r="B430" t="s">
+        <v>16</v>
+      </c>
+      <c r="C430" t="s">
+        <v>543</v>
+      </c>
+      <c r="D430" t="s">
+        <v>129</v>
+      </c>
+      <c r="E430">
+        <v>1</v>
+      </c>
+      <c r="F430" t="s">
+        <v>36</v>
+      </c>
+      <c r="G430">
+        <v>612</v>
+      </c>
+      <c r="H430" t="s">
+        <v>86</v>
+      </c>
+      <c r="I430" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="431" spans="1:9">
+      <c r="A431" t="s">
+        <v>569</v>
+      </c>
+      <c r="B431" t="s">
+        <v>16</v>
+      </c>
+      <c r="C431" t="s">
+        <v>427</v>
+      </c>
+      <c r="D431" t="s">
+        <v>153</v>
+      </c>
+      <c r="E431">
+        <v>3</v>
+      </c>
+      <c r="F431" t="s">
+        <v>36</v>
+      </c>
+      <c r="G431">
+        <v>632</v>
+      </c>
+      <c r="H431" t="s">
+        <v>181</v>
+      </c>
+      <c r="I431" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="432" spans="1:9">
+      <c r="A432" t="s">
+        <v>569</v>
+      </c>
+      <c r="B432" t="s">
+        <v>21</v>
+      </c>
+      <c r="C432" t="s">
+        <v>369</v>
+      </c>
+      <c r="D432" t="s">
+        <v>370</v>
+      </c>
+      <c r="E432">
+        <v>3</v>
+      </c>
+      <c r="F432" t="s">
+        <v>36</v>
+      </c>
+      <c r="G432">
+        <v>634</v>
+      </c>
+      <c r="H432" t="s">
+        <v>371</v>
+      </c>
+      <c r="I432" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="433" spans="1:9">
+      <c r="A433" t="s">
+        <v>569</v>
+      </c>
+      <c r="B433" t="s">
+        <v>92</v>
+      </c>
+      <c r="C433" t="s">
+        <v>543</v>
+      </c>
+      <c r="D433" t="s">
+        <v>129</v>
+      </c>
+      <c r="E433">
+        <v>1</v>
+      </c>
+      <c r="F433" t="s">
+        <v>36</v>
+      </c>
+      <c r="G433">
+        <v>613</v>
+      </c>
+      <c r="H433" t="s">
+        <v>570</v>
+      </c>
+      <c r="I433" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="434" spans="1:9">
+      <c r="A434" t="s">
+        <v>569</v>
+      </c>
+      <c r="B434" t="s">
+        <v>29</v>
+      </c>
+      <c r="C434" t="s">
+        <v>427</v>
+      </c>
+      <c r="D434" t="s">
+        <v>153</v>
+      </c>
+      <c r="E434">
+        <v>3</v>
+      </c>
+      <c r="F434" t="s">
+        <v>36</v>
+      </c>
+      <c r="G434">
+        <v>633</v>
+      </c>
+      <c r="H434" t="s">
+        <v>181</v>
+      </c>
+      <c r="I434" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="435" spans="1:9">
+      <c r="A435" t="s">
+        <v>569</v>
+      </c>
+      <c r="B435" t="s">
+        <v>142</v>
+      </c>
+      <c r="C435" t="s">
+        <v>32</v>
+      </c>
+      <c r="D435" t="s">
+        <v>213</v>
+      </c>
+      <c r="E435">
+        <v>1</v>
+      </c>
+      <c r="F435" t="s">
+        <v>39</v>
+      </c>
+      <c r="G435">
+        <v>611</v>
+      </c>
+      <c r="H435" t="s">
+        <v>571</v>
+      </c>
+      <c r="I435" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="436" spans="1:9">
+      <c r="A436" t="s">
+        <v>569</v>
+      </c>
+      <c r="B436" t="s">
+        <v>142</v>
+      </c>
+      <c r="C436" t="s">
+        <v>572</v>
+      </c>
+      <c r="D436" t="s">
+        <v>573</v>
+      </c>
+      <c r="E436">
+        <v>4</v>
+      </c>
+      <c r="F436" t="s">
+        <v>36</v>
+      </c>
+      <c r="G436">
+        <v>641</v>
+      </c>
+      <c r="H436"/>
+      <c r="I436" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="437" spans="1:9">
+      <c r="A437" t="s">
+        <v>574</v>
+      </c>
+      <c r="B437" t="s">
+        <v>31</v>
+      </c>
+      <c r="C437" t="s">
+        <v>32</v>
+      </c>
+      <c r="D437" t="s">
+        <v>215</v>
+      </c>
+      <c r="E437">
+        <v>1</v>
+      </c>
+      <c r="F437" t="s">
+        <v>57</v>
+      </c>
+      <c r="G437">
+        <v>611</v>
+      </c>
+      <c r="H437" t="s">
+        <v>575</v>
+      </c>
+      <c r="I437" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="438" spans="1:9">
+      <c r="A438" t="s">
+        <v>574</v>
+      </c>
+      <c r="B438" t="s">
+        <v>31</v>
+      </c>
+      <c r="C438" t="s">
+        <v>161</v>
+      </c>
+      <c r="D438" t="s">
+        <v>81</v>
+      </c>
+      <c r="E438">
+        <v>1</v>
+      </c>
+      <c r="F438" t="s">
+        <v>36</v>
+      </c>
+      <c r="G438">
+        <v>611</v>
+      </c>
+      <c r="H438" t="s">
+        <v>576</v>
+      </c>
+      <c r="I438" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="439" spans="1:9">
+      <c r="A439" t="s">
+        <v>574</v>
+      </c>
+      <c r="B439" t="s">
+        <v>31</v>
+      </c>
+      <c r="C439" t="s">
+        <v>55</v>
+      </c>
+      <c r="D439" t="s">
+        <v>228</v>
+      </c>
+      <c r="E439">
+        <v>2</v>
+      </c>
+      <c r="F439" t="s">
+        <v>69</v>
+      </c>
+      <c r="G439">
+        <v>621</v>
+      </c>
+      <c r="H439" t="s">
+        <v>229</v>
+      </c>
+      <c r="I439" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="440" spans="1:9">
+      <c r="A440" t="s">
+        <v>574</v>
+      </c>
+      <c r="B440" t="s">
+        <v>31</v>
+      </c>
+      <c r="C440" t="s">
+        <v>55</v>
+      </c>
+      <c r="D440" t="s">
+        <v>228</v>
+      </c>
+      <c r="E440">
+        <v>2</v>
+      </c>
+      <c r="F440" t="s">
+        <v>53</v>
+      </c>
+      <c r="G440">
+        <v>624</v>
+      </c>
+      <c r="H440" t="s">
+        <v>577</v>
+      </c>
+      <c r="I440" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="441" spans="1:9">
+      <c r="A441" t="s">
+        <v>574</v>
+      </c>
+      <c r="B441" t="s">
+        <v>31</v>
+      </c>
+      <c r="C441" t="s">
+        <v>578</v>
+      </c>
+      <c r="D441" t="s">
+        <v>329</v>
+      </c>
+      <c r="E441">
+        <v>4</v>
+      </c>
+      <c r="F441" t="s">
+        <v>13</v>
+      </c>
+      <c r="G441">
+        <v>642</v>
+      </c>
+      <c r="H441" t="s">
+        <v>536</v>
+      </c>
+      <c r="I441" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="442" spans="1:9">
+      <c r="A442" t="s">
+        <v>574</v>
+      </c>
+      <c r="B442" t="s">
+        <v>16</v>
+      </c>
+      <c r="C442" t="s">
+        <v>579</v>
+      </c>
+      <c r="D442" t="s">
+        <v>196</v>
+      </c>
+      <c r="E442">
+        <v>3</v>
+      </c>
+      <c r="F442" t="s">
+        <v>24</v>
+      </c>
+      <c r="G442">
+        <v>631</v>
+      </c>
+      <c r="H442" t="s">
+        <v>197</v>
+      </c>
+      <c r="I442" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="443" spans="1:9">
+      <c r="A443" t="s">
+        <v>574</v>
+      </c>
+      <c r="B443" t="s">
+        <v>16</v>
+      </c>
+      <c r="C443" t="s">
+        <v>580</v>
+      </c>
+      <c r="D443" t="s">
+        <v>421</v>
+      </c>
+      <c r="E443">
+        <v>4</v>
+      </c>
+      <c r="F443" t="s">
+        <v>44</v>
+      </c>
+      <c r="G443">
+        <v>641</v>
+      </c>
+      <c r="H443" t="s">
+        <v>150</v>
+      </c>
+      <c r="I443" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="444" spans="1:9">
+      <c r="A444" t="s">
+        <v>574</v>
+      </c>
+      <c r="B444" t="s">
+        <v>16</v>
+      </c>
+      <c r="C444" t="s">
+        <v>505</v>
+      </c>
+      <c r="D444" t="s">
+        <v>506</v>
+      </c>
+      <c r="E444">
+        <v>4</v>
+      </c>
+      <c r="F444" t="s">
+        <v>27</v>
+      </c>
+      <c r="G444">
+        <v>641</v>
+      </c>
+      <c r="H444" t="s">
+        <v>581</v>
+      </c>
+      <c r="I444" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="445" spans="1:9">
+      <c r="A445" t="s">
+        <v>574</v>
+      </c>
+      <c r="B445" t="s">
+        <v>16</v>
+      </c>
+      <c r="C445" t="s">
+        <v>582</v>
+      </c>
+      <c r="D445" t="s">
         <v>583</v>
       </c>
-      <c r="B418" t="s">
-[...5 lines deleted...]
-      <c r="D418" t="s">
+      <c r="E445">
+        <v>4</v>
+      </c>
+      <c r="F445" t="s">
+        <v>19</v>
+      </c>
+      <c r="G445">
+        <v>642</v>
+      </c>
+      <c r="H445" t="s">
+        <v>584</v>
+      </c>
+      <c r="I445" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="446" spans="1:9">
+      <c r="A446" t="s">
+        <v>574</v>
+      </c>
+      <c r="B446" t="s">
+        <v>21</v>
+      </c>
+      <c r="C446" t="s">
+        <v>32</v>
+      </c>
+      <c r="D446" t="s">
+        <v>213</v>
+      </c>
+      <c r="E446">
+        <v>1</v>
+      </c>
+      <c r="F446" t="s">
+        <v>24</v>
+      </c>
+      <c r="G446">
+        <v>611</v>
+      </c>
+      <c r="H446" t="s">
+        <v>585</v>
+      </c>
+      <c r="I446" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="447" spans="1:9">
+      <c r="A447" t="s">
+        <v>574</v>
+      </c>
+      <c r="B447" t="s">
+        <v>21</v>
+      </c>
+      <c r="C447" t="s">
+        <v>32</v>
+      </c>
+      <c r="D447" t="s">
+        <v>213</v>
+      </c>
+      <c r="E447">
+        <v>1</v>
+      </c>
+      <c r="F447" t="s">
+        <v>27</v>
+      </c>
+      <c r="G447">
+        <v>611</v>
+      </c>
+      <c r="H447" t="s">
+        <v>586</v>
+      </c>
+      <c r="I447" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="448" spans="1:9">
+      <c r="A448" t="s">
+        <v>574</v>
+      </c>
+      <c r="B448" t="s">
+        <v>21</v>
+      </c>
+      <c r="C448" t="s">
+        <v>543</v>
+      </c>
+      <c r="D448" t="s">
+        <v>129</v>
+      </c>
+      <c r="E448">
+        <v>1</v>
+      </c>
+      <c r="F448" t="s">
+        <v>36</v>
+      </c>
+      <c r="G448">
+        <v>614</v>
+      </c>
+      <c r="H448" t="s">
+        <v>181</v>
+      </c>
+      <c r="I448" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="449" spans="1:9">
+      <c r="A449" t="s">
+        <v>574</v>
+      </c>
+      <c r="B449" t="s">
+        <v>21</v>
+      </c>
+      <c r="C449" t="s">
+        <v>572</v>
+      </c>
+      <c r="D449" t="s">
+        <v>573</v>
+      </c>
+      <c r="E449">
+        <v>4</v>
+      </c>
+      <c r="F449" t="s">
+        <v>36</v>
+      </c>
+      <c r="G449">
+        <v>642</v>
+      </c>
+      <c r="H449"/>
+      <c r="I449" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="450" spans="1:9">
+      <c r="A450" t="s">
+        <v>574</v>
+      </c>
+      <c r="B450" t="s">
+        <v>92</v>
+      </c>
+      <c r="C450" t="s">
+        <v>555</v>
+      </c>
+      <c r="D450" t="s">
+        <v>556</v>
+      </c>
+      <c r="E450">
+        <v>4</v>
+      </c>
+      <c r="F450" t="s">
+        <v>53</v>
+      </c>
+      <c r="G450">
+        <v>632</v>
+      </c>
+      <c r="H450"/>
+      <c r="I450" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="451" spans="1:9">
+      <c r="A451" t="s">
+        <v>574</v>
+      </c>
+      <c r="B451" t="s">
+        <v>29</v>
+      </c>
+      <c r="C451" t="s">
+        <v>543</v>
+      </c>
+      <c r="D451" t="s">
+        <v>129</v>
+      </c>
+      <c r="E451">
+        <v>1</v>
+      </c>
+      <c r="F451" t="s">
+        <v>140</v>
+      </c>
+      <c r="G451">
+        <v>611</v>
+      </c>
+      <c r="H451" t="s">
+        <v>111</v>
+      </c>
+      <c r="I451" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="452" spans="1:9">
+      <c r="A452" t="s">
+        <v>574</v>
+      </c>
+      <c r="B452" t="s">
+        <v>29</v>
+      </c>
+      <c r="C452" t="s">
+        <v>51</v>
+      </c>
+      <c r="D452" t="s">
+        <v>52</v>
+      </c>
+      <c r="E452">
+        <v>4</v>
+      </c>
+      <c r="F452" t="s">
+        <v>69</v>
+      </c>
+      <c r="G452">
+        <v>641</v>
+      </c>
+      <c r="H452" t="s">
+        <v>587</v>
+      </c>
+      <c r="I452" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="453" spans="1:9">
+      <c r="A453" t="s">
+        <v>574</v>
+      </c>
+      <c r="B453" t="s">
+        <v>29</v>
+      </c>
+      <c r="C453" t="s">
+        <v>51</v>
+      </c>
+      <c r="D453" t="s">
+        <v>52</v>
+      </c>
+      <c r="E453">
+        <v>4</v>
+      </c>
+      <c r="F453" t="s">
+        <v>53</v>
+      </c>
+      <c r="G453">
+        <v>641</v>
+      </c>
+      <c r="H453"/>
+      <c r="I453" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="454" spans="1:9">
+      <c r="A454" t="s">
+        <v>574</v>
+      </c>
+      <c r="B454" t="s">
+        <v>29</v>
+      </c>
+      <c r="C454" t="s">
+        <v>582</v>
+      </c>
+      <c r="D454" t="s">
+        <v>583</v>
+      </c>
+      <c r="E454">
+        <v>4</v>
+      </c>
+      <c r="F454" t="s">
+        <v>19</v>
+      </c>
+      <c r="G454">
+        <v>641</v>
+      </c>
+      <c r="H454"/>
+      <c r="I454" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="455" spans="1:9">
+      <c r="A455" t="s">
+        <v>574</v>
+      </c>
+      <c r="B455">
+        <v>13</v>
+      </c>
+      <c r="C455" t="s">
+        <v>32</v>
+      </c>
+      <c r="D455" t="s">
+        <v>520</v>
+      </c>
+      <c r="E455">
+        <v>1</v>
+      </c>
+      <c r="F455" t="s">
+        <v>53</v>
+      </c>
+      <c r="G455">
+        <v>614</v>
+      </c>
+      <c r="H455" t="s">
+        <v>588</v>
+      </c>
+      <c r="I455" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="456" spans="1:9">
+      <c r="A456" t="s">
+        <v>574</v>
+      </c>
+      <c r="B456" t="s">
+        <v>115</v>
+      </c>
+      <c r="C456" t="s">
+        <v>578</v>
+      </c>
+      <c r="D456" t="s">
+        <v>329</v>
+      </c>
+      <c r="E456">
+        <v>4</v>
+      </c>
+      <c r="F456" t="s">
+        <v>13</v>
+      </c>
+      <c r="G456">
+        <v>641</v>
+      </c>
+      <c r="H456" t="s">
+        <v>576</v>
+      </c>
+      <c r="I456" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="457" spans="1:9">
+      <c r="A457" t="s">
+        <v>574</v>
+      </c>
+      <c r="B457" t="s">
+        <v>132</v>
+      </c>
+      <c r="C457" t="s">
+        <v>589</v>
+      </c>
+      <c r="D457" t="s">
+        <v>301</v>
+      </c>
+      <c r="E457">
+        <v>1</v>
+      </c>
+      <c r="F457" t="s">
+        <v>79</v>
+      </c>
+      <c r="G457">
+        <v>611</v>
+      </c>
+      <c r="H457" t="s">
+        <v>590</v>
+      </c>
+      <c r="I457" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="458" spans="1:9">
+      <c r="A458" t="s">
+        <v>574</v>
+      </c>
+      <c r="B458" t="s">
         <v>142</v>
       </c>
-      <c r="E418">
+      <c r="C458" t="s">
+        <v>32</v>
+      </c>
+      <c r="D458" t="s">
+        <v>215</v>
+      </c>
+      <c r="E458">
+        <v>1</v>
+      </c>
+      <c r="F458" t="s">
+        <v>149</v>
+      </c>
+      <c r="G458">
+        <v>612</v>
+      </c>
+      <c r="H458" t="s">
+        <v>591</v>
+      </c>
+      <c r="I458" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="459" spans="1:9">
+      <c r="A459" t="s">
+        <v>574</v>
+      </c>
+      <c r="B459" t="s">
+        <v>142</v>
+      </c>
+      <c r="C459" t="s">
+        <v>42</v>
+      </c>
+      <c r="D459" t="s">
+        <v>514</v>
+      </c>
+      <c r="E459">
         <v>2</v>
       </c>
-      <c r="F418" t="s">
+      <c r="F459" t="s">
+        <v>62</v>
+      </c>
+      <c r="G459">
+        <v>621</v>
+      </c>
+      <c r="H459" t="s">
+        <v>592</v>
+      </c>
+      <c r="I459" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="460" spans="1:9">
+      <c r="A460" t="s">
+        <v>574</v>
+      </c>
+      <c r="B460" t="s">
+        <v>146</v>
+      </c>
+      <c r="C460" t="s">
+        <v>32</v>
+      </c>
+      <c r="D460" t="s">
+        <v>520</v>
+      </c>
+      <c r="E460">
+        <v>1</v>
+      </c>
+      <c r="F460" t="s">
+        <v>53</v>
+      </c>
+      <c r="G460">
+        <v>613</v>
+      </c>
+      <c r="H460" t="s">
+        <v>593</v>
+      </c>
+      <c r="I460" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="461" spans="1:9">
+      <c r="A461" t="s">
+        <v>574</v>
+      </c>
+      <c r="B461" t="s">
+        <v>146</v>
+      </c>
+      <c r="C461" t="s">
+        <v>523</v>
+      </c>
+      <c r="D461" t="s">
+        <v>524</v>
+      </c>
+      <c r="E461">
+        <v>2</v>
+      </c>
+      <c r="F461" t="s">
         <v>36</v>
       </c>
-      <c r="G418">
+      <c r="G461">
+        <v>621</v>
+      </c>
+      <c r="H461" t="s">
+        <v>594</v>
+      </c>
+      <c r="I461" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="462" spans="1:9">
+      <c r="A462" t="s">
+        <v>574</v>
+      </c>
+      <c r="B462" t="s">
+        <v>146</v>
+      </c>
+      <c r="C462" t="s">
+        <v>523</v>
+      </c>
+      <c r="D462" t="s">
+        <v>524</v>
+      </c>
+      <c r="E462">
+        <v>2</v>
+      </c>
+      <c r="F462" t="s">
+        <v>36</v>
+      </c>
+      <c r="G462">
+        <v>624</v>
+      </c>
+      <c r="H462" t="s">
+        <v>525</v>
+      </c>
+      <c r="I462" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="463" spans="1:9">
+      <c r="A463" t="s">
+        <v>574</v>
+      </c>
+      <c r="B463" t="s">
+        <v>146</v>
+      </c>
+      <c r="C463" t="s">
+        <v>427</v>
+      </c>
+      <c r="D463" t="s">
+        <v>153</v>
+      </c>
+      <c r="E463">
+        <v>3</v>
+      </c>
+      <c r="F463" t="s">
+        <v>36</v>
+      </c>
+      <c r="G463">
+        <v>631</v>
+      </c>
+      <c r="H463" t="s">
+        <v>181</v>
+      </c>
+      <c r="I463" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="464" spans="1:9">
+      <c r="A464" t="s">
+        <v>595</v>
+      </c>
+      <c r="B464" t="s">
+        <v>31</v>
+      </c>
+      <c r="C464" t="s">
+        <v>42</v>
+      </c>
+      <c r="D464" t="s">
+        <v>514</v>
+      </c>
+      <c r="E464">
+        <v>2</v>
+      </c>
+      <c r="F464" t="s">
+        <v>62</v>
+      </c>
+      <c r="G464">
+        <v>622</v>
+      </c>
+      <c r="H464" t="s">
+        <v>596</v>
+      </c>
+      <c r="I464" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="465" spans="1:9">
+      <c r="A465" t="s">
+        <v>595</v>
+      </c>
+      <c r="B465" t="s">
+        <v>16</v>
+      </c>
+      <c r="C465" t="s">
+        <v>553</v>
+      </c>
+      <c r="D465" t="s">
+        <v>238</v>
+      </c>
+      <c r="E465">
+        <v>2</v>
+      </c>
+      <c r="F465" t="s">
+        <v>13</v>
+      </c>
+      <c r="G465">
+        <v>621</v>
+      </c>
+      <c r="H465" t="s">
+        <v>597</v>
+      </c>
+      <c r="I465" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="466" spans="1:9">
+      <c r="A466" t="s">
+        <v>595</v>
+      </c>
+      <c r="B466" t="s">
+        <v>29</v>
+      </c>
+      <c r="C466" t="s">
+        <v>598</v>
+      </c>
+      <c r="D466" t="s">
+        <v>240</v>
+      </c>
+      <c r="E466">
+        <v>1</v>
+      </c>
+      <c r="F466" t="s">
+        <v>78</v>
+      </c>
+      <c r="G466">
+        <v>611</v>
+      </c>
+      <c r="H466" t="s">
+        <v>599</v>
+      </c>
+      <c r="I466" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="467" spans="1:9">
+      <c r="A467" t="s">
+        <v>595</v>
+      </c>
+      <c r="B467" t="s">
+        <v>29</v>
+      </c>
+      <c r="C467" t="s">
+        <v>51</v>
+      </c>
+      <c r="D467" t="s">
+        <v>52</v>
+      </c>
+      <c r="E467">
+        <v>4</v>
+      </c>
+      <c r="F467" t="s">
+        <v>53</v>
+      </c>
+      <c r="G467">
+        <v>643</v>
+      </c>
+      <c r="H467"/>
+      <c r="I467" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="468" spans="1:9">
+      <c r="A468" t="s">
+        <v>595</v>
+      </c>
+      <c r="B468" t="s">
+        <v>115</v>
+      </c>
+      <c r="C468" t="s">
+        <v>553</v>
+      </c>
+      <c r="D468" t="s">
+        <v>238</v>
+      </c>
+      <c r="E468">
+        <v>2</v>
+      </c>
+      <c r="F468" t="s">
+        <v>13</v>
+      </c>
+      <c r="G468">
+        <v>622</v>
+      </c>
+      <c r="H468"/>
+      <c r="I468" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="469" spans="1:9">
+      <c r="A469" t="s">
+        <v>595</v>
+      </c>
+      <c r="B469" t="s">
+        <v>115</v>
+      </c>
+      <c r="C469" t="s">
+        <v>504</v>
+      </c>
+      <c r="D469" t="s">
+        <v>109</v>
+      </c>
+      <c r="E469">
+        <v>3</v>
+      </c>
+      <c r="F469" t="s">
+        <v>53</v>
+      </c>
+      <c r="G469">
+        <v>633</v>
+      </c>
+      <c r="H469" t="s">
+        <v>110</v>
+      </c>
+      <c r="I469" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="470" spans="1:9">
+      <c r="A470" t="s">
+        <v>595</v>
+      </c>
+      <c r="B470" t="s">
+        <v>142</v>
+      </c>
+      <c r="C470" t="s">
+        <v>22</v>
+      </c>
+      <c r="D470" t="s">
+        <v>377</v>
+      </c>
+      <c r="E470">
+        <v>1</v>
+      </c>
+      <c r="F470" t="s">
+        <v>62</v>
+      </c>
+      <c r="G470">
+        <v>612</v>
+      </c>
+      <c r="H470" t="s">
+        <v>600</v>
+      </c>
+      <c r="I470" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="471" spans="1:9">
+      <c r="A471" t="s">
+        <v>595</v>
+      </c>
+      <c r="B471" t="s">
+        <v>146</v>
+      </c>
+      <c r="C471" t="s">
+        <v>161</v>
+      </c>
+      <c r="D471" t="s">
+        <v>331</v>
+      </c>
+      <c r="E471">
+        <v>1</v>
+      </c>
+      <c r="F471" t="s">
+        <v>62</v>
+      </c>
+      <c r="G471">
+        <v>611</v>
+      </c>
+      <c r="H471" t="s">
+        <v>601</v>
+      </c>
+      <c r="I471" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="472" spans="1:9">
+      <c r="A472" t="s">
+        <v>595</v>
+      </c>
+      <c r="B472" t="s">
+        <v>146</v>
+      </c>
+      <c r="C472" t="s">
+        <v>152</v>
+      </c>
+      <c r="D472" t="s">
+        <v>153</v>
+      </c>
+      <c r="E472">
+        <v>2</v>
+      </c>
+      <c r="F472" t="s">
+        <v>36</v>
+      </c>
+      <c r="G472">
         <v>623</v>
       </c>
-      <c r="H418" t="s">
-[...3 lines deleted...]
-        <v>121</v>
+      <c r="H472" t="s">
+        <v>560</v>
+      </c>
+      <c r="I472" t="s">
+        <v>127</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">